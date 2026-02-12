--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -7,675 +7,1350 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Veranstaltungen" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Veranstaltungen'!$A$1:$I$92</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Veranstaltungen'!$A$1:$L$92</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Uhr</t>
   </si>
   <si>
     <t>Ende</t>
   </si>
   <si>
     <t>Uhr_Ende</t>
   </si>
   <si>
     <t>Veranstalter</t>
   </si>
   <si>
     <t>Veranstaltung</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Kategorie</t>
   </si>
   <si>
     <t>Kommentar</t>
   </si>
   <si>
     <t>07.01.2026</t>
   </si>
   <si>
     <t>Deutsches Rotes Kreuz</t>
   </si>
   <si>
     <t>Blutspende</t>
   </si>
   <si>
     <t>Bürgerhaus - Saal</t>
   </si>
   <si>
     <t>oeffentlich</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OHBtNmQ5bDYwbzYyY2ozNjBvamlkOWljb3FqNGRyNmNoaG1hYzFpNmtyM2lvcGg2aGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk68pm6d9l60o62cj360ojid9icoqj4dr6chhmac1i6kr3ioph6hi0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Deutsches Rotes Kreuz Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>Kath. Kirchengemeinde</t>
   </si>
   <si>
     <t>Sternsinger</t>
   </si>
   <si>
     <t>Im ganzen Ort</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWgzZXA5bWNrcmo2ZGhwY3BqMzBvOXA2NWltOGRwcGM4b2owZHI1NnBpamdlOWg2c3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65h3ep9mckrj6dhpcpj30o9p65im8dppc8oj0dr56pijge9h6ss0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kath. Kirchengemeinde Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Jugend Rot Kreuz</t>
   </si>
   <si>
     <t>Christbaumsammlung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNG9tMm85Zzc1Z20ycDlvY2xqM2FkcjU2MWozaWRyNGM5aTNpb3BqYzRzajJvcGhjOHFnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc4om2o9g75gm2p9oclj3adr561j3idr4c9i3iopjc4sj2ophc8qg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Jugend Rot Kreuz Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Kirchengemeinden</t>
   </si>
   <si>
     <t>Neujahrsempfang</t>
   </si>
   <si>
     <t>Pfarrzentrum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjY3I2YXBoaGNrcm1hb2oxY29xMzBvcjU2c3I2NGQ5ZzZrcWplZGhnY2NxamVwOWo2NWdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkccr6aphhckrmaoj1coq30or56sr64d9g6kqjedhgccqjep9j65gg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kirchengemeinden Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Ökum. Gottesdienst</t>
   </si>
   <si>
     <t>kath. Kirche</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjaGkzaW85bzZsaDNjZTFoNzFpbTRwaGo2MHFtOGQ5aWNvcjZhZTFwY2tzNjJvOWhjY29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkchi3io9o6lh3ce1h71im4phj60qm8d9icor6ae1pcks62o9hccog</t>
+  </si>
+  <si>
     <t>14.01.2026</t>
   </si>
   <si>
     <t>Seniorengemeinschaft</t>
   </si>
   <si>
     <t>Senioren-Nachmittag</t>
   </si>
   <si>
     <t>Bürgerhaus - Seniorenraum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3AzZXAzMjYwc204bzlnNjVqMzBwaGxjZ3JqZWQzNjZzb21hZTlsNjhvajJkcjE2Y3AwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6op3ep3260sm8o9g65j30phlcgrjed366somae9l68oj2dr16cp0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Seniorengemeinschaft Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>17.01.2026</t>
   </si>
   <si>
     <t>CDU Ortsverband</t>
   </si>
   <si>
     <t>Glühweinwanderung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHEzY2UxamM4c2pjZDMyNjhwamlkcGk2NHA2NGNiNmNjcDZhZHIzYzhwbWFwOWs2Y29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64q3ce1jc8sjcd3268pjidpi64p64cb6ccp6adr3c8pmap9k6cog</t>
+  </si>
+  <si>
+    <t>Veranstalter: CDU Ortsverband Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>20.01.2026</t>
   </si>
   <si>
     <t>Landfrauen</t>
   </si>
   <si>
     <t>Jahreshauptversammlung</t>
   </si>
   <si>
     <t>vereinsintern</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Y28zZWUzMzc1aW1jZWI2NmNzajZjaGs2NHNtOG9qNTZnczM2cDFqNzFpM2FjcGg2aGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6co3ee3375imceb66csj6chk64sm8oj56gs36p1j71i3acph6hi0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landfrauen Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>24.01.2026</t>
   </si>
   <si>
-    <t>FCK-Fan-Club</t>
+    <t>FCK-Fanclub</t>
   </si>
   <si>
     <t>Kesselfleischessen</t>
   </si>
   <si>
+    <t>vereinsintern </t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3MzMm9qMWM5ajZhZHIzY2txMzZvYjM3MHBqOGMxbjZsaTNnYzloY2tzajhkYjU2ZGowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ks32oj1c9j6adr3ckq36ob370pj8c1n6li3gc9hcksj8db56dj0</t>
+  </si>
+  <si>
+    <t>Veranstalter: FCK-Fanclub Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>28.01.2026</t>
   </si>
   <si>
     <t>Musikverein</t>
   </si>
   <si>
     <t>Bürgerhaus - Vereinsraum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3I2Y3A5azZncG0ybzlvNm9vNjRjaGc3NWdqYXAxaDZkaTMwcDM2NmNwMzBvOWw2MHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gr6cp9k6gpm2o9o6oo64chg75gjap1h6di30p366cp30o9l60p0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Musikverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>06.02.2026</t>
   </si>
   <si>
     <t>Landjugend</t>
   </si>
   <si>
     <t>Landjugendraum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWhqY2MxcDY1aWppY2hwNzBxbTZkMzJjOG9qZWQxbjcwcTMwcDlwY2dzMzBjMW5jOG8wIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71hjcc1p65ijichp70qm6d32c8ojed1n70q30p9pcgs30c1nc8o0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landjugend Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>11.02.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHNtY2RyMjY4bzNlY2ozYzloMzZwaHA2aGhqaWNobjYxaGoyZDMzY2NvMzJjYjQ2cGdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70smcdr268o3ecj3c9h36php6hhjichn61hj2d33cco32cb46pgg</t>
+  </si>
+  <si>
     <t>14.02.2026</t>
   </si>
   <si>
     <t>Fußballsportverein</t>
   </si>
   <si>
     <t>Schlachtfest</t>
   </si>
   <si>
     <t>FSV-Clubhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MHA2NmM5ajY1aWo4b2IxY3BpMzBkYjY2aGozMGQxbjZrcmppZDM1NzBzM2dvcjRjOHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk60p66c9j65ij8ob1cpi30db66hj30d1n6krjid3570s3gor4c8rg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Fußballsportverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>15.02.2026</t>
   </si>
   <si>
     <t>Turnverein</t>
   </si>
   <si>
     <t>Kinderfasching</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNWg2Y2NwbWNvcG0yZTMxY2twbWFlOWo2MHIzMmQ5bTcxaWo0cGIxNmdwNmNwMWg2OHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc5h6ccpmcopm2e31ckpmae9j60r32d9m71ij4pb16gp6cp1h68sg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Turnverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>16.02.2026</t>
   </si>
   <si>
     <t>Rosenmontagsball</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWltMnBiNWNnc204ZDltNm9yM2NkOW82c29qNGU5bzcxaDNhcDM1Y29yM2NvcjI2OHMwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71im2pb5cgsm8d9m6or3cd9o6soj4e9o71h3ap35cor3cor268s0</t>
+  </si>
+  <si>
     <t>20.02.2026</t>
   </si>
   <si>
     <t>Sozialverband</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2cGgzMmRwamNjcm1hYzFuY2RnbWNvcHBjNHI2Y3BobGNkajMyZTFrNjhzNjRwaGhjY3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ph32dpjccrmac1ncdgmcoppc4r6cphlcdj32e1k68s64phhccsg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Sozialverband Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>28.02.2026</t>
   </si>
   <si>
     <t>Tennisclub</t>
   </si>
   <si>
     <t>Tennis-Clubhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z28zaWRwa2NoaWpnZHIzNjRxM2FlOWdjY3NqZWQxajZncWowY3BrYzRybTZjYjQ2OG9nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6go3idpkchijgdr364q3ae9gccsjed1j6gqj0cpkc4rm6cb468og</t>
+  </si>
+  <si>
+    <t>Veranstalter: Tennisclub Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>Prot. KiTa-Elternbeirat</t>
   </si>
   <si>
     <t>Flohmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ3MzaW9obmNjcmplcDFvNnNxNjRkMWo2dGg2YW85ajZ0aWo0cGI2NjhzMzRkOXBjOHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgs3iohnccrjep1o6sq64d1j6th6ao9j6tij4pb668s34d9pc8rg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Prot. KiTa-Elternbeirat Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>kath. Frauengem. (kfd)</t>
   </si>
   <si>
     <t>Weltgebetstag der Frauen</t>
   </si>
   <si>
     <t>kath. Kirche + Pfarrzentrum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3A2MmMzMTZzbzNjZDMzNjRvamlwMWs3NWozNG9yMmM1Z2phZTlrY2NzamNlOWo2cGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6sp62c316so3cd3364ojip1k75j34or2c5gjae9kccsjce9j6pi0</t>
+  </si>
+  <si>
+    <t>Veranstalter: kath. Frauengem. (kfd) Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ3BqNm9yNTZzcTY2cDMyNnNvMzZkcGs2bGhqOGNiNjY5Z2oyZHBqNmtzNjZlYjM2Z3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgpj6or56sq66p326so36dpk6lhj8cb669gj2dpj6ks66eb36gr0</t>
+  </si>
+  <si>
+    <t>Veranstalter: CDU Ortsverband Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>09.03.2026</t>
   </si>
   <si>
     <t>Freie Wähler</t>
   </si>
   <si>
     <t>Weingut Frank Bohlender</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3FtYWQzMjY4cjYycDloY2tzamVvOW83MWdqMGM5cGNjcDMwZHI1NjVoM2ljOWs2OG9nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcoqmad3268r62p9hcksjeo9o71gj0c9pccp30dr565h3ic9k68og</t>
+  </si>
+  <si>
+    <t>Veranstalter: Freie Wähler Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>11.03.2026</t>
   </si>
   <si>
     <t>FSV Förderverein</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHJtY2RwbGNrcDMwZHIyNzRwamNwOXBjZGgzOGRqMjZwajY4b2o2Y2xnbWNvaGg2c3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70rmcdplckp30dr274pjcp9pcdh38dj26pj68oj6clgmcohh6srg</t>
+  </si>
+  <si>
+    <t>Veranstalter: FSV Förderverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>14.03.2026</t>
   </si>
   <si>
     <t>Ortsgemeinde</t>
   </si>
   <si>
     <t>Aktion saubere Landschaft</t>
   </si>
   <si>
-    <t>Treffpunkt Bürgerhaus</t>
+    <t>Bürgerhaus</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3IzMmRobWNsaDMwY2IyNmRpbThlYjQ3MWo2OHAzNjY0cWowcDFuNzVnajJjYjY2bGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6sr32dhmclh30cb26dim8eb471j68p3664qj0p1n75gj2cb66li0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Ortsgemeinde Kategorie: oeffentlich Kommentar:</t>
   </si>
   <si>
     <t>15.03.2026</t>
   </si>
   <si>
     <t>Grundschule</t>
   </si>
   <si>
     <t>Lätare-Umzug und Fest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjY28zY3A5cDZjbzNjcDFqY3BqM2NkOW1jOHBqaXAzMzZvcjYycDlpNm9vajhwOWc2a29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcco3cp9p6co3cp1jcpj3cd9mc8pjip336or62p9i6ooj8p9g6kog</t>
+  </si>
+  <si>
+    <t>Veranstalter: Grundschule Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>20.03.2026</t>
   </si>
   <si>
     <t>Schützenverein</t>
   </si>
   <si>
     <t>Schützenhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NWlqaXAxZzZoaTZhcGhtNnNvajRkcGk3NWo2OGQ5bGM0cTYyZWI0NzRwajZkcG82MWowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk75ijip1g6hi6aphm6soj4dpi75j68d9lc4q62eb474pj6dpo61j0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Schützenverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>Männergesangverein</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3BqOGQzMmNkZ202ZGhwNjlqM2VjcjM3MHMzYW9yMjY4b21jbzltNzRvamNkcjQ2Z3BnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcopj8d32cdgm6dhp69j3ecr370s3aor268omco9m74ojcdr46gpg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Männergesangverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>Mädels-Flohmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3BqNm9oaGNncTY4cGozNzBybTRkcGc2dGdtNmRwbDZzc2o0ZDMzYzlpM2dlOW42a3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcopj6ohhcgq68pj370rm4dpg6tgm6dpl6ssj4d33c9i3ge9n6kr0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landfrauen Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>Rheinland-Pfalz</t>
   </si>
   <si>
     <t>Landtagswahl</t>
   </si>
   <si>
     <t>Bürgerhaus &amp; Grundschule</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjbGk2NGRqMzZwZ21hcDlpNmdyajZlMzNjb29qMGUzMTZncmphcDM1YzVoM2FjMWljNHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcli64dj36pgmap9i6grj6e33cooj0e316grjap35c5h3ac1ic4r0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Rheinland-Pfalz Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>23.03.2026</t>
   </si>
   <si>
     <t>Mitgliederversammlung</t>
   </si>
   <si>
     <t>DRK-Heim</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3FtYXAxaGM4c202YzltNjlpamdkYjI2MWltMmQ5aGM0cDMwZTM1Y2NyNjZkOW83NHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gqmap1hc8sm6c9m69ijgdb261im2d9hc4p30e35ccr66d9o74sg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Deutsches Rotes Kreuz Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>25.03.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MHAzZW9qMzZjc204Y2IxY2xnbTZjMWtja28zMGRobWNwaGoyZWI2NmdvamVkOWxjNHFnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk60p3eoj36csm8cb1clgm6c1kcko30dhmcphj2eb66gojed9lc4qg</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjOHJtMmM5b2M1Z2ppb3BwY2tybThjMzZjNHEzY29wbGM0cm1hcGhpY2dvbWFlOW82NWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc8rm2c9oc5gjioppckrm8c36c4q3coplc4rmaphicgomae9o65hg</t>
+  </si>
+  <si>
     <t>27.03.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3FqZW85azcxaTNnY2IxNmRpbTJvajFjbGk2Y2ViNGM1aTMyb3BnYzlobTJjcGo2a3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcoqjeo9k71i3gcb16dim2oj1cli6ceb4c5i32opgc9hm2cpj6ksg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Fußballsportverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>Freiwillige Feuerwehr</t>
   </si>
   <si>
     <t>Dienstversammlung</t>
   </si>
   <si>
     <t>Feuerwehrhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3BtOHAxbWNvcWpnZWI2NnRqMzJwOW42a3FqY2MxazZvcTMwcGhvY2dwbWFjOWw3NG8wIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6spm8p1mcoqjgeb66tj32p9n6kqjcc1k6oq30phocgpmac9l74o0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Freiwillige Feuerwehr Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>Fischessen</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHAzOHAxbjZvcmo4YzM0NzRyM2FvaG42b3BtMnBobmNsaDY4ZHIyY2tzM2lwajU2c3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64p38p1n6orj8c3474r3aohn6opm2phnclh68dr2cks3ipj56sr0</t>
+  </si>
+  <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>Ostereierverkauf</t>
   </si>
   <si>
     <t>Kerweplatz</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NG9tOHBoamNsajMwcGI2NmhpM2VvOW42c3BtNnA5cGNkZ2plb3BnY3BpM2ljcGg2OHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk74om8phjclj30pb66hi3eo9n6spm6p9pcdgjeopgcpi3icph68r0</t>
+  </si>
+  <si>
     <t>12.04.2026</t>
   </si>
   <si>
     <t>Weißer Sonntag</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3A2NGNqMTZrc2oyYzFrNnRnajBlYjFjcGhqY2QzNGNwaGpjZTFpNnRpamVjMW42Z3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcop64cj16ksj2c1k6tgj0eb1cphjcd34cphjce1i6tijec1n6gsg</t>
+  </si>
+  <si>
     <t>17.04.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWhqZWMxbzZvcDZjZTFrY2twM2VvYjU2Y3I2Y3AxbTZncWphcDM1NjFpMzJkOW03MHMwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65hjec1o6op6ce1kckp3eob56cr6cp1m6gqjap3561i32d9m70s0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Turnverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>Kath. Frauengem. (kfd)</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NHEzZ2RwazZwaWo0ZDFoNjhzamVvajNjZ3JqOGMzMTc0c2o0ZGhqY2dzajBjcG42MHBnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk74q3gdpk6pij4d1h68sjeoj3cgrj8c3174sj4dhjcgsj0cpn60pg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kath. Frauengem. (kfd) Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>18.04.2026</t>
   </si>
   <si>
     <t>Konzert</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NWozMGRobjY4cDY4b3IxY3BobTJjMzE2NWhqNGQ5bTY1Z200b3BvY2RnamllMzVjY29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk75j30dhn68p68or1cphm2c3165hj4d9m65gm4opocdgjie35ccog</t>
+  </si>
+  <si>
+    <t>Veranstalter: Musikverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>19.04.2026</t>
   </si>
   <si>
     <t>Familienwanderung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjOHBqZWMxb2M1aTM0YzFtY29wajRlMzU3MHIzOHA5bGNvcG1hY2htNmdwamlvcG1jaGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc8pjec1oc5i34c1mcopj4e3570r38p9lcopmachm6gpjiopmchhg</t>
+  </si>
+  <si>
     <t>22.04.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3FqaW9wamM5aWo4cGhvNmNzMzJkcGdjb3AzYWNwb2M0czY2ZHBuY3BpbTZkMWw2cGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6sqjiopjc9ij8pho6cs32dpgcop3acpoc4s66dpncpim6d1l6phg</t>
+  </si>
+  <si>
     <t>25.04.2026</t>
   </si>
   <si>
     <t>Weingut Rosenhof</t>
   </si>
   <si>
     <t>Weinwanderwochenende</t>
   </si>
   <si>
     <t>Rosenhof</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHIzOGRyMmNnczNlY2hvY29zamdjOXA2cGkzMmM5bDY0cjM4YzMyNnNyajZjOWxjNWowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70r38dr2cgs3echocosjgc9p6pi32c9l64r38c326srj6c9lc5j0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Weingut Rosenhof Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Konzert (Alternativ-Datum zum 18.04.)</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjaGgzMGQ5bGNncm1jY2hvY2dwamNjYjY2a3NqOG85bDcxaGppb3BqNnRoMzZkajM2Z3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkchh30d9lcgrmcchocgpjccb66ksj8o9l71hjiopj6th36dj36gs0</t>
+  </si>
+  <si>
     <t>26.04.2026</t>
   </si>
   <si>
     <t>Niedergasse</t>
   </si>
   <si>
     <t>Straßenflohmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3NqaXA5bWNncGo0YzloY2NzamdwMXBjNWhqY285cDZrcmphZTMyNjhvamdkaHA2b3BnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ksjip9mcgpj4c9hccsjgp1pc5hjco9p6krjae3268ojgdhp6opg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Niedergasse Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>30.04.2026</t>
   </si>
   <si>
     <t>Ortsgem. / FSV / Landfrauen</t>
   </si>
   <si>
     <t>Maibaumstellen</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZGk2Nm9qNTZjczYyY2I0NzBxMzRlMW1ja3AzOG9wbmM1aDY2b3BsNmtxajhjcHA2c3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcdi66oj56cs62cb470q34e1mckp38opnc5h66opl6kqj8cpp6srg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Ortsgem. / FSV / Landfrauen Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>03.05.2026</t>
   </si>
   <si>
     <t>Jahreskonzert</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2dGdqZ3BoaGNoaDZjcDFwNjRxbTZjajFja3EzMGRoamNvbzZhYzMzY2RoM2VwaHBjaGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6tgjgphhchh6cp1p64qm6cj1ckq30dhjcoo6ac33cdh3ephpchig</t>
+  </si>
+  <si>
+    <t>Veranstalter: Männergesangverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>08.05.2026</t>
   </si>
   <si>
     <t>Rosenhof rockt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OG9qNmNwbTZrcjNpb2ozNjhvbThwMW02MHNtNGNobTYwcWo4b2IzNjlnajhvcjM2Z3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk68oj6cpm6kr3ioj368om8p1m60sm4chm60qj8ob369gj8or36gr0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Rosenhof Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>09.05.2026</t>
   </si>
   <si>
     <t>Reitsportverein</t>
   </si>
   <si>
     <t>Reitturnier</t>
   </si>
   <si>
     <t>Fohlenhof</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNG9qOGRwa2Nnc2o2YzFoNm9xM2NkMXBjNHE2Y2U5bTY0c2oyZHBwYzVpM2dwYjE2a3BnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc4oj8dpkcgsj6c1h6oq3cd1pc4q6ce9m64sj2dppc5i3gpb16kpg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Reitsportverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>13.05.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3M2Mm9wZzZvcW02YzMyY2dybWFvOWxjY3I2OGQzNDc1aWppZGhnYzhxM2FkOWljOWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ks62opg6oqm6c32cgrmao9lccr68d3475ijidhgc8q3ad9ic9hg</t>
+  </si>
+  <si>
     <t>28.05.2026</t>
   </si>
   <si>
     <t>Schnitzeltag</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjY3M2MmM5bGNjcjMybzlrY2NxamFlMW5jY28zY29objZoaW1hZTFsY2NyNmFwYjFja3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkccs62c9lccr32o9kccqjae1ncco3cohn6himae1lccr6apb1ckrg</t>
+  </si>
+  <si>
     <t>30.05.2026</t>
   </si>
   <si>
     <t>Musikfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3NqZ2NwbzZvc2plcGhsNmxoMzhvaGg2aGdqY2NiNWM5aDNjcDlvNmNxbThwajM2b3AwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6osjgcpo6osjephl6lh38ohh6hgjccb5c9h3cp9o6cqm8pj36op0</t>
+  </si>
+  <si>
     <t>07.06.2026</t>
   </si>
   <si>
     <t>Prot. Kirchengemeinde</t>
   </si>
   <si>
     <t>Jubelkonfirmation</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWltYW85bWM0cG0yY2I0NjhvamFjOWg2aGg2Y29waDcwcDNlZGo1NnRqM2FkMzM2bGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65imao9mc4pm2cb468ojac9h6hh6coph70p3edj56tj3ad336lhg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Prot. Kirchengemeinde Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>10.06.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3JtNHBiMzZoaGo4YzM1NnNwajZjMWhjOWlqNGU5aGNrcW0yZTMxNmRpM2NwaG83NHEwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6orm4pb36hhj8c356spj6c1hc9ij4e9hckqm2e316di3cpho74q0</t>
+  </si>
+  <si>
     <t>14.06.2026</t>
   </si>
   <si>
     <t>Vierzehn Nothelferfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2ZGhtOHA5azZrcDM4Y2oxNjRxbThwOWo2NWkzNG9yNWNrcmoyZDlvNzRybWNvajNjZGowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6dhm8p9k6kp38cj164qm8p9j65i34or5ckrj2d9o74rmcoj3cdj0</t>
+  </si>
+  <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>Schulfest - Abschluss Projektwoche</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWozY3BiMTY4czNnZWIxY2RoamllOWo2c3A2YWMxbDZzcW04Y2I2Y29yMzJvOW82OHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65j3cpb168s3geb1cdhjie9j6sp6ac1l6sqm8cb6cor32o9o68rg</t>
+  </si>
+  <si>
     <t>20.06.2026</t>
   </si>
   <si>
     <t>Sonnwendfeier</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3BtYWQxbDc1aDY4ZDMyNmdwajJkcGljZ28zY2RyNWNkaWowZHIyNnRpamlvcG42ZGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gpmad1l75h68d326gpj2dpicgo3cdr5cdij0dr26tijiopn6dig</t>
+  </si>
+  <si>
     <t>27.06.2026</t>
   </si>
   <si>
     <t>35 Jahre Partnerschaft Epinac</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NWhqNmNyNWM1aTNjY3I1Y29vNmFlMzI2bGhqaW9wbGNwaTMyZHBoNjFqM2VvaG42Z3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk75hj6cr5c5i3ccr5coo6ae326lhjioplcpi32dph61j3eohn6gr0</t>
+  </si>
+  <si>
     <t>13.07.2026</t>
   </si>
   <si>
     <t>15.07.2026</t>
   </si>
   <si>
     <t>Fußball-Camp</t>
   </si>
   <si>
     <t>FSV-Sportplatz</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2bGhqZ29qNWNrcjMwY3BoNm9zbTZwaGg3MWlqOG85bmNoaGo2ZHIzY2RoMzhjMWxjOHFnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6lhjgoj5ckr30cph6osm6phh71ij8o9nchhj6dr3cdh38c1lc8qg</t>
+  </si>
+  <si>
     <t>18.07.2026</t>
   </si>
   <si>
     <t>Chawwerusch-Aufführung</t>
   </si>
   <si>
-    <t>Hof des Gemeindehauses</t>
+    <t>Bürgerhaus - Hof</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjbGhqYWMxcDZrc2o2ZHBtNzRxM2VvOWo3MHAzaWMxbTZwaTNnb3I2Y2xoNmNjajFjY3FnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkclhjac1p6ksj6dpm74q3eo9j70p3ic1m6pi3gor6clh6ccj1ccqg</t>
   </si>
   <si>
     <t>19.07.2026</t>
   </si>
   <si>
     <t>Grillfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2aGhtOGQ5aWNoaDNlZDlwNmdyM2NjMzU2cGlqaXAxbzZsajM0cGhwNjlpNmNjOW82NHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6hhm8d9ichh3ed9p6gr3cc356pijip1o6lj34php69i6cc9o64sg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Sozialverband Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>30.07.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3IzYWRwZ2NkaTZhb3BnNmdyM2FjcHA2a3BtMmMxbDZzcW0yY3BnNjRwMzBkcG42c3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gr3adpgcdi6aopg6gr3acpp6kpm2c1l6sqm2cpg64p30dpn6srg</t>
+  </si>
+  <si>
     <t>12.08.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3NqZWNyNmM0cmphbzlqY2twajhkMzM3NWdqZWNobzZjcGpnZTM0Y2dyMzRkcGw2MHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcosjecr6c4rjao9jckpj8d3375gjecho6cpjge34cgr34dpl60p0</t>
+  </si>
+  <si>
     <t>22.08.2026</t>
   </si>
   <si>
     <t>24.08.2026</t>
   </si>
   <si>
     <t>Kerwe</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2bGlqOGRwb2NwZ20yYzMyNjRzMzRkMWw2b3IzaWUxazZzb2plZTM1Y2NvbTRkcGk2Z3BnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6lij8dpocpgm2c3264s34d1l6or3ie1k6sojee35ccom4dpi6gpg</t>
+  </si>
+  <si>
     <t>27.08.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z29qNmM5aWNsaW0ycDMyNmhoMzJkaGw3MWhtYWQ5bzZoaW00ZWIyY2dyamVvOW9jbGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6goj6c9iclim2p326hh32dhl71hmad9o6him4eb2cgrjeo9oclhg</t>
+  </si>
+  <si>
     <t>05.09.2026</t>
   </si>
   <si>
     <t>Sportabzeichentag</t>
   </si>
   <si>
     <t>Sporthalle</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHJqMnBqMjZkaG1hZDFwNzFpM2NwOW82a3M2OG9wbmNvcGplZDlwNm9wbTRvajE2Z29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70rj2pj26dhmad1p71i3cp9o6ks68opncopjed9p6opm4oj16gog</t>
+  </si>
+  <si>
     <t>20.09.2026</t>
   </si>
   <si>
     <t>Familie Lochbaum</t>
   </si>
   <si>
     <t>Folk &amp; More - Benefizkonzert</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ3EzNGRiMWNrcW1hb3I0NjFoajZjMWo3NHMzZXBobjcwcWo2b2hqY3BpajRvcGo3NHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgq34db1ckqmaor461hj6c1j74s3ephn70qj6ohjcpij4opj74r0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Familie Lochbaum Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>24.09.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3AzMGRobDc0c2owZHBoNzRyNjRlMzJja3MzY2Rwb2NsaTYyb2oxNnRpNmNkajNjY28wIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6sp30dhl74sj0dph74r64e32cks3cdpocli62oj16ti6cdj3cco0</t>
+  </si>
+  <si>
     <t>26.09.2026</t>
   </si>
   <si>
     <t>Seniorenausflug</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3NtNmU5cDZzczY2ZGoyNzFqMzhjMWs3NWo2OGQzMzZncWpjZHBsNzVpM2dlMzVjY3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ssm6e9p6ss66dj271j38c1k75j68d336gqjcdpl75i3ge35ccsg</t>
+  </si>
+  <si>
     <t>27.09.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b29qZ2M5b2M0cTNpY2o2NmhpamNwMzM2Z3FtMmUxcDZvcDNncGoyNm9xamVlMzY3MHFnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6oojgc9oc4q3icj66hijcp336gqm2e1p6op3gpj26oqjee3670qg</t>
+  </si>
+  <si>
     <t>03.10.2026</t>
   </si>
   <si>
     <t>Oktoberfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2dGk2Y2RwamNjcWplZGozNjhzajhwOW03NHM2YWMxb2NvcW02Y2hnNmNvNmFvaG42c29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ti6cdpjccqjedj368sj8p9m74s6ac1ocoqm6chg6co6aohn6sog</t>
+  </si>
+  <si>
     <t>24.10.2026</t>
   </si>
   <si>
     <t>Unterhaltungsabend</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MWo2OGM5ajZoaDZhY2hrNzBwamNkajZja3BqaWMxaTc1Z2plYzloY2dzMzhvOWs3MHBnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk61j68c9j6hh6achk70pjcdj6ckpjic1i75gjec9hcgs38o9k70pg</t>
+  </si>
+  <si>
     <t>28.10.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3A2NmRwbmM4cm1hY3BuNzRwM2NvajU3MHE2NGM5bmM0cDNjcDFvNmtxbWFkajRja29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcop66dpnc8rmacpn74p3coj570q64c9nc4p3cp1o6kqmadj4ckog</t>
+  </si>
+  <si>
     <t>29.10.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ29tNHBiMTY0cmplYzFvNnRqNmFkMW43NHI2Y2UzNmM1aTNncDMxY29xNjJkaGs3MHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgom4pb164rjec1o6tj6ad1n74r6ce36c5i3gp31coq62dhk70p0</t>
+  </si>
+  <si>
     <t>07.11.2026</t>
   </si>
   <si>
     <t>Bunt und CHORios</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OG9qZ2UzMTZoajNjZHI0NzRxM2VwYjM2bGhtYWViMjZjcWppY2hpNmRnbTJjOW82c3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk68ojge316hj3cdr474q3epb36lhmaeb26cqjichi6dgm2c9o6srg</t>
+  </si>
+  <si>
     <t>11.11.2026</t>
   </si>
   <si>
     <t>St. Martin</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MHE2Y2RiM2M4bzNhZGIzNzFqMzZwMzU2c3AzY3AxaTZjbzNlb2IxYzVqNjJkaGdjbGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk60q6cdb3c8o3adb371j36p356sp3cp1i6co3eob1c5j62dhgclhg</t>
+  </si>
+  <si>
     <t>14.11.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3NtYWRwcDY4c2phZHI0Y2NyNjJwaG83NHMzOHBiMTZkaG1hZHBwYzloM2VvcjU2NWlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6osmadpp68sjadr4ccr62pho74s38pb16dhmadppc9h3eor565ig</t>
+  </si>
+  <si>
     <t>15.11.2026</t>
   </si>
   <si>
     <t>Volkstrauertag</t>
   </si>
   <si>
     <t>Friedhof</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3M2Y29iMjc1Z2pjZGhsNnRpNmNkaGo2NHI2NHBoajZzb2ppZTlvNjhzNmFvajY3NHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6os6cob275gjcdhl6ti6cdhj64r64phj6sojie9o68s6aoj674sg</t>
+  </si>
+  <si>
     <t>Familiennachmittag</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHNqaWNyMWNrc204ZDFoNmNxamdjMXBjOHE2NGRobDY5aWplZDlvNnNyNjRvOWpjNHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70sjicr1cksm8d1h6cqjgc1pc8q64dhl69ijed9o6sr64o9jc4r0</t>
+  </si>
+  <si>
     <t>21.11.2026</t>
   </si>
   <si>
     <t>Adventsmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZGozZWNoamNjcDNnZTlvY2tzbTRkMWxjNWk2NHBobTY4c21jYzFqY2hoamFjMzJjZ3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcdj3echjccp3ge9ocksm4d1lc5i64phm68smcc1jchhjac32cgs0</t>
+  </si>
+  <si>
     <t>28.11.2026</t>
   </si>
   <si>
     <t>Jahresabschlussfeier</t>
   </si>
   <si>
     <t>Vereinsraum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHAzYW9oZ2NoaWppY3BrNjFoM2FjMzM2Z3BqaWNqNDZ0Z2o2bzlqY2xpajBvcGljZGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70p3aohgchijicpk61h3ac336gpjicj46tgj6o9jclij0opicdhg</t>
+  </si>
+  <si>
     <t>29.11.2026</t>
   </si>
   <si>
     <t>Kirchenkonzert</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3EzY29wbGNvc2o0cDM0NjhzM2NjOW82Y3IzOHBobmNjcDM4YzltNmNzbWNwMzFjaGowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6kq3coplcosj4p3468s3cc9o6cr38phnccp38c9m6csmcp31chj0</t>
+  </si>
+  <si>
     <t>Adventsfeier (1. Advent)</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c3EzZ29wa2NsaTZjZGhnNjFpbTJkcGc2ZGhtY29wbzZncjZhZTM2NnBqNjJwOWc2OWowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6sq3gopkcli6cdhg61im2dpg6dhmcopo6gr6ae366pj62p9g69j0</t>
+  </si>
+  <si>
     <t>02.12.2026</t>
   </si>
   <si>
     <t>Weihnachtsfeier</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHFqNmNwbTZzc2owZHBqNnRpbWFjOWxjbGhqY29iNjcwczMwcDM1NnNyajJjcG9jb3AwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64qj6cpm6ssj0dpj6timac9lclhjcob670s30p356srj2cpocop0</t>
+  </si>
+  <si>
     <t>05.12.2026</t>
   </si>
   <si>
     <t>Jahresabschlussübung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OWozZXBqNWNvcG00b2htNjRvajJjMzZja3FqY2RobDY5aGoycGhoNjlpMzBvOW82NHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk69j3epj5copm4ohm64oj2c36ckqjcdhl69hj2phh69i30o9o64sg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Freiwillige Feuerwehr Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2aGkzNHBiMmNnbzMycDluY2NvM2dwOWtjNWgzaWU5cDcwbzM4ZTFsNmRoMzBvYjE3NHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6hi34pb2cgo32p9ncco3gp9kc5h3ie9p70o38e1l6dh30ob174p0</t>
+  </si>
+  <si>
     <t>12.12.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Y3NtOGM5ZzZoZ2pnb2huY2NyM2VkajZja3A2Y3BobWNjcm00ZDloNzByNjhjcjY2NWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6csm8c9g6hgjgohnccr3edj6ckp6cphmccrm4d9h70r68cr665hg</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2aGdtMmNqNjZjczY0ZTM0NjhxajRwOWhjOWdtMmRwaWNsaWplY2IxNmtzajZkcjQ2OHMwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6hgm2cj66cs64e3468qj4p9hc9gm2dpiclijecb16ksj6dr468s0</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a282YWQzMmNrczNhZHBvY2twajhwajE2NHNtOGNiMzY1aGppZGhoNmtzamNvcGtjcGgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ko6ad32cks3adpockpj8pj164sm8cb365hjidhh6ksjcopkcph0</t>
+  </si>
+  <si>
     <t>19.12.2026</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjbGgzMGNwaTZ0ajM4ZGo1Nm9vMzJjcjJjY28zMGUxaTZvcjZjcDMzNjFpM2VlYjM2NWgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkclh30cpi6tj38dj56oo32cr2cco30e1i6or6cp3361i3eeb365h0</t>
+  </si>
+  <si>
+    <t>Veranstalter: FCK-Fanclub Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>23.12.2026</t>
   </si>
   <si>
     <t>Singen unterm Weihnachtsbaum</t>
   </si>
   <si>
-    <t>Bürgerhaus - Hof</t>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWdtMnBoZ2NjcG00ZHBuNmNzNjJkYjRjcGdqOGM5amNncmpjZDltNjBzamFvOW03MG8wIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71gm2phgccpm4dpn6cs62db4cpgj8c9jcgrjcd9m60sjao9m70o0</t>
   </si>
   <si>
     <t>31.12.2026</t>
   </si>
   <si>
     <t>Silvesterparty</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjOHMzY2RwaTZrb2pjb3IyNm9wajZvOW02OWlqMGRyMjc0cm02ZDFqY2xpamdlYjJjZGowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc8s3cdpi6kojcor26opj6o9m69ij0dr274rm6d1jclijgeb2cdj0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landjugend Kategorie: oeffentlich Kommentar:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -979,1641 +1654,2829 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I92"/>
+  <dimension ref="A1:L92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="265.364" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:12">
       <c r="A2" t="s">
         <v>9</v>
       </c>
+      <c r="B2"/>
+      <c r="C2"/>
+      <c r="D2"/>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="3" spans="1:9">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>14</v>
+      </c>
+      <c r="K2" t="s">
+        <v>15</v>
+      </c>
+      <c r="L2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
       <c r="A3" t="s">
-        <v>14</v>
-      </c>
+        <v>17</v>
+      </c>
+      <c r="B3"/>
+      <c r="C3"/>
+      <c r="D3"/>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>21</v>
+      </c>
+      <c r="K3" t="s">
+        <v>22</v>
+      </c>
+      <c r="L3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" t="s">
         <v>17</v>
       </c>
-      <c r="H3" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
+        <v>20</v>
+      </c>
+      <c r="H4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>26</v>
+      </c>
+      <c r="K4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" t="s">
         <v>17</v>
       </c>
-      <c r="H4" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="B5"/>
+      <c r="C5"/>
+      <c r="D5"/>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="6" spans="1:9">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
       <c r="A6" t="s">
-        <v>14</v>
-      </c>
+        <v>17</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="7" spans="1:9">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
       <c r="A7" t="s">
-        <v>25</v>
-      </c>
+        <v>39</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7"/>
+      <c r="D7"/>
       <c r="E7" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G7" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="8" spans="1:9">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
       <c r="A8" t="s">
-        <v>29</v>
-      </c>
+        <v>46</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8"/>
+      <c r="D8"/>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="G8" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="9" spans="1:9">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>50</v>
+      </c>
+      <c r="L8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>32</v>
-      </c>
+        <v>52</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9"/>
+      <c r="D9"/>
       <c r="E9" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G9" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>56</v>
+      </c>
+      <c r="K9" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" t="s">
-        <v>36</v>
-      </c>
+        <v>59</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10"/>
+      <c r="D10"/>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G10" t="s">
         <v>12</v>
       </c>
       <c r="H10" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9">
+        <v>62</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
       <c r="A11" t="s">
-        <v>39</v>
-      </c>
+        <v>66</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11"/>
+      <c r="D11"/>
       <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>70</v>
+      </c>
+      <c r="L11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="A12" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>55</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>75</v>
+      </c>
+      <c r="K12" t="s">
+        <v>76</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13"/>
+      <c r="D13"/>
+      <c r="E13" t="s">
         <v>40</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="F13" t="s">
         <v>41</v>
       </c>
-      <c r="H11" t="s">
-[...4 lines deleted...]
-      <c r="A12" t="s">
+      <c r="G13" t="s">
         <v>42</v>
       </c>
-      <c r="E12" t="s">
-[...13 lines deleted...]
-      <c r="A13" t="s">
+      <c r="H13" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>79</v>
+      </c>
+      <c r="K13" t="s">
+        <v>80</v>
+      </c>
+      <c r="L13" t="s">
         <v>45</v>
       </c>
-      <c r="E13" t="s">
-[...12 lines deleted...]
-    <row r="14" spans="1:9">
+    </row>
+    <row r="14" spans="1:12">
       <c r="A14" t="s">
-        <v>46</v>
-      </c>
+        <v>81</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14"/>
+      <c r="D14"/>
       <c r="E14" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="G14" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H14" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="15" spans="1:9">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" t="s">
+        <v>86</v>
+      </c>
+      <c r="L14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
       <c r="A15" t="s">
-        <v>50</v>
-      </c>
+        <v>88</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="16" spans="1:9">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>92</v>
+      </c>
+      <c r="L15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
       <c r="A16" t="s">
-        <v>53</v>
-      </c>
+        <v>94</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
       <c r="E16" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
+        <v>95</v>
       </c>
       <c r="G16" t="s">
         <v>12</v>
       </c>
       <c r="H16" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="17" spans="1:9">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>96</v>
+      </c>
+      <c r="K16" t="s">
+        <v>97</v>
+      </c>
+      <c r="L16" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
       <c r="A17" t="s">
+        <v>98</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17" t="s">
         <v>55</v>
       </c>
-      <c r="E17" t="s">
-[...12 lines deleted...]
-    <row r="18" spans="1:9">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
+        <v>101</v>
+      </c>
+      <c r="L17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
       <c r="A18" t="s">
-        <v>57</v>
-      </c>
+        <v>103</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
       <c r="E18" t="s">
-        <v>58</v>
+        <v>104</v>
       </c>
       <c r="F18" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G18" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="H18" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>107</v>
+      </c>
+      <c r="L18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
       <c r="A19" t="s">
-        <v>57</v>
-      </c>
+        <v>103</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
       <c r="E19" t="s">
-        <v>60</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
-        <v>61</v>
+        <v>110</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="20" spans="1:9">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>112</v>
+      </c>
+      <c r="L19" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
       <c r="A20" t="s">
-        <v>62</v>
-      </c>
+        <v>114</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>63</v>
+        <v>115</v>
       </c>
       <c r="F20" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="G20" t="s">
-        <v>65</v>
+        <v>117</v>
       </c>
       <c r="H20" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="21" spans="1:9">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>118</v>
+      </c>
+      <c r="K20" t="s">
+        <v>119</v>
+      </c>
+      <c r="L20" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
       <c r="A21" t="s">
-        <v>62</v>
-      </c>
+        <v>114</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21"/>
+      <c r="D21"/>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="F21" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="H21" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>121</v>
+      </c>
+      <c r="K21" t="s">
+        <v>122</v>
+      </c>
+      <c r="L21" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
       <c r="A22" t="s">
-        <v>66</v>
-      </c>
+        <v>124</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
       <c r="E22" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G22" t="s">
+        <v>126</v>
+      </c>
+      <c r="H22" t="s">
+        <v>55</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" t="s">
+        <v>128</v>
+      </c>
+      <c r="L22" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>131</v>
+      </c>
+      <c r="F23" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" t="s">
+        <v>84</v>
+      </c>
+      <c r="H23" t="s">
+        <v>55</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>132</v>
+      </c>
+      <c r="K23" t="s">
+        <v>133</v>
+      </c>
+      <c r="L23" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" t="s">
+        <v>135</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>136</v>
+      </c>
+      <c r="F24" t="s">
+        <v>137</v>
+      </c>
+      <c r="G24" t="s">
+        <v>138</v>
+      </c>
+      <c r="H24" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>139</v>
+      </c>
+      <c r="K24" t="s">
+        <v>140</v>
+      </c>
+      <c r="L24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>143</v>
+      </c>
+      <c r="F25" t="s">
+        <v>144</v>
+      </c>
+      <c r="G25" t="s">
+        <v>143</v>
+      </c>
+      <c r="H25" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>145</v>
+      </c>
+      <c r="K25" t="s">
+        <v>146</v>
+      </c>
+      <c r="L25" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>149</v>
+      </c>
+      <c r="F26" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" t="s">
+        <v>150</v>
+      </c>
+      <c r="H26" t="s">
+        <v>55</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>151</v>
+      </c>
+      <c r="K26" t="s">
+        <v>152</v>
+      </c>
+      <c r="L26" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" t="s">
+        <v>148</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27"/>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>154</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
         <v>68</v>
       </c>
-      <c r="H22" t="s">
-[...83 lines deleted...]
-      </c>
       <c r="H27" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>155</v>
+      </c>
+      <c r="K27" t="s">
+        <v>156</v>
+      </c>
+      <c r="L27" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12">
       <c r="A28" t="s">
-        <v>82</v>
-      </c>
+        <v>158</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28"/>
+      <c r="D28"/>
       <c r="E28" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F28" t="s">
-        <v>83</v>
+        <v>159</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
       <c r="H28" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="29" spans="1:9">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>160</v>
+      </c>
+      <c r="K28" t="s">
+        <v>161</v>
+      </c>
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12">
       <c r="A29" t="s">
-        <v>84</v>
-      </c>
+        <v>163</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29"/>
+      <c r="D29"/>
       <c r="E29" t="s">
-        <v>85</v>
+        <v>164</v>
       </c>
       <c r="F29" t="s">
-        <v>86</v>
+        <v>165</v>
       </c>
       <c r="G29" t="s">
-        <v>87</v>
+        <v>166</v>
       </c>
       <c r="H29" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="30" spans="1:9">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>168</v>
+      </c>
+      <c r="L29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
       <c r="A30" t="s">
-        <v>88</v>
-      </c>
+        <v>170</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
       <c r="E30" t="s">
         <v>10</v>
       </c>
       <c r="F30" t="s">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="G30" t="s">
-        <v>90</v>
+        <v>172</v>
       </c>
       <c r="H30" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>173</v>
+      </c>
+      <c r="K30" t="s">
+        <v>174</v>
+      </c>
+      <c r="L30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
       <c r="A31" t="s">
-        <v>91</v>
-      </c>
+        <v>176</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
       <c r="E31" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G31" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H31" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="32" spans="1:9">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>177</v>
+      </c>
+      <c r="K31" t="s">
+        <v>178</v>
+      </c>
+      <c r="L31" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
       <c r="A32" t="s">
-        <v>91</v>
-      </c>
+        <v>176</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
       <c r="E32" t="s">
         <v>10</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
       <c r="H32" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="33" spans="1:9">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>179</v>
+      </c>
+      <c r="K32" t="s">
+        <v>180</v>
+      </c>
+      <c r="L32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12">
       <c r="A33" t="s">
-        <v>92</v>
-      </c>
+        <v>181</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33"/>
+      <c r="D33"/>
       <c r="E33" t="s">
+        <v>82</v>
+      </c>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" t="s">
+        <v>84</v>
+      </c>
+      <c r="H33" t="s">
+        <v>55</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>182</v>
+      </c>
+      <c r="K33" t="s">
+        <v>183</v>
+      </c>
+      <c r="L33" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12">
+      <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>186</v>
+      </c>
+      <c r="F34" t="s">
+        <v>187</v>
+      </c>
+      <c r="G34" t="s">
+        <v>188</v>
+      </c>
+      <c r="H34" t="s">
+        <v>55</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>189</v>
+      </c>
+      <c r="K34" t="s">
+        <v>190</v>
+      </c>
+      <c r="L34" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12">
+      <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>82</v>
+      </c>
+      <c r="F35" t="s">
+        <v>193</v>
+      </c>
+      <c r="G35" t="s">
+        <v>84</v>
+      </c>
+      <c r="H35" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>194</v>
+      </c>
+      <c r="K35" t="s">
+        <v>195</v>
+      </c>
+      <c r="L35" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12">
+      <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36"/>
+      <c r="D36"/>
+      <c r="E36" t="s">
         <v>47</v>
       </c>
-      <c r="F33" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>100</v>
+        <v>197</v>
       </c>
       <c r="G36" t="s">
-        <v>101</v>
+        <v>198</v>
       </c>
       <c r="H36" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="37" spans="1:9">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>199</v>
+      </c>
+      <c r="K36" t="s">
+        <v>200</v>
+      </c>
+      <c r="L36" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12">
       <c r="A37" t="s">
-        <v>102</v>
-      </c>
+        <v>201</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
       <c r="E37" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F37" t="s">
-        <v>103</v>
+        <v>202</v>
       </c>
       <c r="G37" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H37" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="38" spans="1:9">
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>203</v>
+      </c>
+      <c r="K37" t="s">
+        <v>204</v>
+      </c>
+      <c r="L37" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12">
       <c r="A38" t="s">
-        <v>104</v>
-      </c>
+        <v>205</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
       <c r="E38" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="F38" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G38" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="H38" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>206</v>
+      </c>
+      <c r="K38" t="s">
+        <v>207</v>
+      </c>
+      <c r="L38" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12">
       <c r="A39" t="s">
-        <v>104</v>
-      </c>
+        <v>205</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39"/>
+      <c r="D39"/>
       <c r="E39" t="s">
-        <v>105</v>
+        <v>209</v>
       </c>
       <c r="F39" t="s">
-        <v>89</v>
+        <v>171</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H39" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>210</v>
+      </c>
+      <c r="K39" t="s">
+        <v>211</v>
+      </c>
+      <c r="L39" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12">
       <c r="A40" t="s">
-        <v>106</v>
-      </c>
+        <v>213</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
       <c r="E40" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="F40" t="s">
-        <v>107</v>
+        <v>214</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="41" spans="1:9">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>215</v>
+      </c>
+      <c r="K40" t="s">
+        <v>216</v>
+      </c>
+      <c r="L40" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12">
       <c r="A41" t="s">
-        <v>108</v>
-      </c>
+        <v>218</v>
+      </c>
+      <c r="B41"/>
+      <c r="C41"/>
+      <c r="D41"/>
       <c r="E41" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F41" t="s">
-        <v>109</v>
-      </c>
+        <v>219</v>
+      </c>
+      <c r="G41"/>
       <c r="H41" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="42" spans="1:9">
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>220</v>
+      </c>
+      <c r="K41" t="s">
+        <v>221</v>
+      </c>
+      <c r="L41" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12">
       <c r="A42" t="s">
-        <v>110</v>
-      </c>
+        <v>222</v>
+      </c>
+      <c r="B42"/>
+      <c r="C42"/>
+      <c r="D42"/>
       <c r="E42" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F42" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G42" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H42" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="43" spans="1:9">
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>223</v>
+      </c>
+      <c r="K42" t="s">
+        <v>224</v>
+      </c>
+      <c r="L42" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12">
       <c r="A43" t="s">
-        <v>111</v>
-      </c>
+        <v>225</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
       <c r="E43" t="s">
-        <v>112</v>
+        <v>226</v>
       </c>
       <c r="F43" t="s">
-        <v>113</v>
+        <v>227</v>
       </c>
       <c r="G43" t="s">
-        <v>114</v>
+        <v>228</v>
       </c>
       <c r="H43" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="44" spans="1:9">
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>229</v>
+      </c>
+      <c r="K43" t="s">
+        <v>230</v>
+      </c>
+      <c r="L43" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12">
       <c r="A44" t="s">
-        <v>111</v>
-      </c>
+        <v>225</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44"/>
+      <c r="D44"/>
       <c r="E44" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="F44" t="s">
-        <v>115</v>
+        <v>232</v>
       </c>
       <c r="G44" t="s">
         <v>12</v>
       </c>
       <c r="H44" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="45" spans="1:9">
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>233</v>
+      </c>
+      <c r="K44" t="s">
+        <v>234</v>
+      </c>
+      <c r="L44" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12">
       <c r="A45" t="s">
-        <v>116</v>
-      </c>
+        <v>235</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
       <c r="E45" t="s">
-        <v>117</v>
+        <v>236</v>
       </c>
       <c r="F45" t="s">
-        <v>118</v>
+        <v>237</v>
       </c>
       <c r="G45" t="s">
-        <v>117</v>
+        <v>236</v>
       </c>
       <c r="H45" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="46" spans="1:9">
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>238</v>
+      </c>
+      <c r="K45" t="s">
+        <v>239</v>
+      </c>
+      <c r="L45" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12">
       <c r="A46" t="s">
-        <v>119</v>
-      </c>
+        <v>241</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
       <c r="E46" t="s">
-        <v>120</v>
+        <v>242</v>
       </c>
       <c r="F46" t="s">
-        <v>121</v>
+        <v>243</v>
       </c>
       <c r="G46" t="s">
-        <v>101</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="47" spans="1:9">
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>244</v>
+      </c>
+      <c r="K46" t="s">
+        <v>245</v>
+      </c>
+      <c r="L46" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12">
       <c r="A47" t="s">
-        <v>122</v>
-      </c>
+        <v>247</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47"/>
+      <c r="D47"/>
       <c r="E47" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="F47" t="s">
-        <v>123</v>
+        <v>248</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="48" spans="1:9">
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>249</v>
+      </c>
+      <c r="K47" t="s">
+        <v>250</v>
+      </c>
+      <c r="L47" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12">
       <c r="A48" t="s">
-        <v>124</v>
-      </c>
+        <v>252</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48"/>
+      <c r="D48"/>
       <c r="E48" t="s">
-        <v>114</v>
+        <v>228</v>
       </c>
       <c r="F48" t="s">
-        <v>125</v>
+        <v>253</v>
       </c>
       <c r="G48" t="s">
-        <v>114</v>
+        <v>228</v>
       </c>
       <c r="H48" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="49" spans="1:9">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>254</v>
+      </c>
+      <c r="K48" t="s">
+        <v>255</v>
+      </c>
+      <c r="L48" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12">
       <c r="A49" t="s">
-        <v>126</v>
-      </c>
+        <v>257</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49"/>
+      <c r="D49"/>
       <c r="E49" t="s">
-        <v>127</v>
+        <v>258</v>
       </c>
       <c r="F49" t="s">
-        <v>128</v>
+        <v>259</v>
       </c>
       <c r="G49" t="s">
-        <v>129</v>
+        <v>260</v>
       </c>
       <c r="H49" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="50" spans="1:9">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>261</v>
+      </c>
+      <c r="K49" t="s">
+        <v>262</v>
+      </c>
+      <c r="L49" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12">
       <c r="A50" t="s">
-        <v>130</v>
-      </c>
+        <v>264</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50"/>
+      <c r="D50"/>
       <c r="E50" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F50" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G50" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H50" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="51" spans="1:9">
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>265</v>
+      </c>
+      <c r="K50" t="s">
+        <v>266</v>
+      </c>
+      <c r="L50" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12">
       <c r="A51" t="s">
-        <v>131</v>
-      </c>
+        <v>267</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
       <c r="E51" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F51" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G51" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H51" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="52" spans="1:9">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>269</v>
+      </c>
+      <c r="K51" t="s">
+        <v>270</v>
+      </c>
+      <c r="L51" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12">
       <c r="A52" t="s">
-        <v>133</v>
-      </c>
+        <v>271</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52"/>
+      <c r="D52"/>
       <c r="E52" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="F52" t="s">
-        <v>134</v>
+        <v>272</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H52" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="53" spans="1:9">
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>273</v>
+      </c>
+      <c r="K52" t="s">
+        <v>274</v>
+      </c>
+      <c r="L52" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12">
       <c r="A53" t="s">
-        <v>135</v>
-      </c>
+        <v>275</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
       <c r="E53" t="s">
-        <v>136</v>
+        <v>276</v>
       </c>
       <c r="F53" t="s">
-        <v>137</v>
+        <v>277</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
       <c r="H53" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="54" spans="1:9">
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>278</v>
+      </c>
+      <c r="K53" t="s">
+        <v>279</v>
+      </c>
+      <c r="L53" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12">
       <c r="A54" t="s">
-        <v>138</v>
-      </c>
+        <v>281</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54"/>
+      <c r="D54"/>
       <c r="E54" t="s">
         <v>10</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="55" spans="1:9">
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>282</v>
+      </c>
+      <c r="K54" t="s">
+        <v>283</v>
+      </c>
+      <c r="L54" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12">
       <c r="A55" t="s">
-        <v>139</v>
-      </c>
+        <v>284</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55"/>
+      <c r="D55"/>
       <c r="E55" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F55" t="s">
-        <v>140</v>
+        <v>285</v>
       </c>
       <c r="G55" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H55" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="56" spans="1:9">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>286</v>
+      </c>
+      <c r="K55" t="s">
+        <v>287</v>
+      </c>
+      <c r="L55" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12">
       <c r="A56" t="s">
-        <v>141</v>
-      </c>
+        <v>288</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
       <c r="F56" t="s">
-        <v>142</v>
+        <v>289</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="57" spans="1:9">
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>290</v>
+      </c>
+      <c r="K56" t="s">
+        <v>291</v>
+      </c>
+      <c r="L56" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12">
       <c r="A57" t="s">
-        <v>143</v>
-      </c>
+        <v>292</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57"/>
+      <c r="D57"/>
       <c r="E57" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F57" t="s">
-        <v>144</v>
+        <v>293</v>
       </c>
       <c r="G57" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H57" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="58" spans="1:9">
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>294</v>
+      </c>
+      <c r="K57" t="s">
+        <v>295</v>
+      </c>
+      <c r="L57" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12">
       <c r="A58" t="s">
-        <v>145</v>
-      </c>
+        <v>296</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
       <c r="E58" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="F58" t="s">
-        <v>146</v>
+        <v>297</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="59" spans="1:9">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>298</v>
+      </c>
+      <c r="K58" t="s">
+        <v>299</v>
+      </c>
+      <c r="L58" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12">
       <c r="A59" t="s">
-        <v>147</v>
-      </c>
+        <v>300</v>
+      </c>
+      <c r="B59"/>
       <c r="C59" t="s">
-        <v>148</v>
-      </c>
+        <v>301</v>
+      </c>
+      <c r="D59"/>
       <c r="E59" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F59" t="s">
-        <v>149</v>
+        <v>302</v>
       </c>
       <c r="G59" t="s">
-        <v>150</v>
+        <v>303</v>
       </c>
       <c r="H59" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="60" spans="1:9">
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>304</v>
+      </c>
+      <c r="K59" t="s">
+        <v>305</v>
+      </c>
+      <c r="L59" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12">
       <c r="A60" t="s">
-        <v>151</v>
-      </c>
+        <v>306</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60"/>
+      <c r="D60"/>
       <c r="E60" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="F60" t="s">
-        <v>152</v>
+        <v>307</v>
       </c>
       <c r="G60" t="s">
-        <v>153</v>
+        <v>308</v>
       </c>
       <c r="H60" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="61" spans="1:9">
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>309</v>
+      </c>
+      <c r="K60" t="s">
+        <v>310</v>
+      </c>
+      <c r="L60" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>154</v>
-      </c>
+        <v>311</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="F61" t="s">
-        <v>155</v>
+        <v>312</v>
       </c>
       <c r="G61" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H61" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="62" spans="1:9">
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>313</v>
+      </c>
+      <c r="K61" t="s">
+        <v>314</v>
+      </c>
+      <c r="L61" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12">
       <c r="A62" t="s">
-        <v>156</v>
-      </c>
+        <v>316</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F62" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G62" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H62" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="63" spans="1:9">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>317</v>
+      </c>
+      <c r="K62" t="s">
+        <v>318</v>
+      </c>
+      <c r="L62" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12">
       <c r="A63" t="s">
-        <v>157</v>
-      </c>
+        <v>319</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
       <c r="E63" t="s">
         <v>10</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
         <v>12</v>
       </c>
       <c r="H63" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="64" spans="1:9">
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>320</v>
+      </c>
+      <c r="K63" t="s">
+        <v>321</v>
+      </c>
+      <c r="L63" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12">
       <c r="A64" t="s">
-        <v>158</v>
-      </c>
+        <v>322</v>
+      </c>
+      <c r="B64"/>
       <c r="C64" t="s">
-        <v>159</v>
-      </c>
+        <v>323</v>
+      </c>
+      <c r="D64"/>
       <c r="E64" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="F64" t="s">
-        <v>160</v>
+        <v>324</v>
       </c>
       <c r="G64" t="s">
-        <v>101</v>
+        <v>198</v>
       </c>
       <c r="H64" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="65" spans="1:9">
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>325</v>
+      </c>
+      <c r="K64" t="s">
+        <v>326</v>
+      </c>
+      <c r="L64" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12">
       <c r="A65" t="s">
-        <v>161</v>
-      </c>
+        <v>327</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
       <c r="E65" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F65" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G65" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H65" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="66" spans="1:9">
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>328</v>
+      </c>
+      <c r="K65" t="s">
+        <v>329</v>
+      </c>
+      <c r="L65" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12">
       <c r="A66" t="s">
-        <v>162</v>
-      </c>
+        <v>330</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
       <c r="E66" t="s">
-        <v>51</v>
+        <v>89</v>
       </c>
       <c r="F66" t="s">
-        <v>163</v>
+        <v>331</v>
       </c>
       <c r="G66" t="s">
-        <v>164</v>
+        <v>332</v>
       </c>
       <c r="H66" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="67" spans="1:9">
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>333</v>
+      </c>
+      <c r="K66" t="s">
+        <v>334</v>
+      </c>
+      <c r="L66" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12">
       <c r="A67" t="s">
-        <v>165</v>
-      </c>
+        <v>335</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
       <c r="E67" t="s">
-        <v>166</v>
+        <v>336</v>
       </c>
       <c r="F67" t="s">
-        <v>167</v>
+        <v>337</v>
       </c>
       <c r="G67" t="s">
         <v>12</v>
       </c>
       <c r="H67" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="68" spans="1:9">
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>338</v>
+      </c>
+      <c r="K67" t="s">
+        <v>339</v>
+      </c>
+      <c r="L67" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12">
       <c r="A68" t="s">
-        <v>168</v>
-      </c>
+        <v>341</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
       <c r="E68" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F68" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G68" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H68" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="69" spans="1:9">
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>342</v>
+      </c>
+      <c r="K68" t="s">
+        <v>343</v>
+      </c>
+      <c r="L68" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12">
       <c r="A69" t="s">
-        <v>169</v>
-      </c>
+        <v>344</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
       <c r="E69" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="F69" t="s">
-        <v>170</v>
-      </c>
+        <v>345</v>
+      </c>
+      <c r="G69"/>
       <c r="H69" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="70" spans="1:9">
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>346</v>
+      </c>
+      <c r="K69" t="s">
+        <v>347</v>
+      </c>
+      <c r="L69" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12">
       <c r="A70" t="s">
-        <v>171</v>
-      </c>
+        <v>348</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
       <c r="E70" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F70" t="s">
-        <v>109</v>
-      </c>
+        <v>219</v>
+      </c>
+      <c r="G70"/>
       <c r="H70" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="71" spans="1:9">
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>349</v>
+      </c>
+      <c r="K70" t="s">
+        <v>350</v>
+      </c>
+      <c r="L70" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12">
       <c r="A71" t="s">
-        <v>172</v>
-      </c>
+        <v>351</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
       <c r="E71" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="F71" t="s">
-        <v>173</v>
+        <v>352</v>
       </c>
       <c r="G71" t="s">
         <v>12</v>
       </c>
       <c r="H71" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="72" spans="1:9">
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>353</v>
+      </c>
+      <c r="K71" t="s">
+        <v>354</v>
+      </c>
+      <c r="L71" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12">
       <c r="A72" t="s">
-        <v>174</v>
-      </c>
+        <v>355</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
       <c r="E72" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="F72" t="s">
-        <v>175</v>
+        <v>356</v>
       </c>
       <c r="G72" t="s">
         <v>12</v>
       </c>
       <c r="H72" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="73" spans="1:9">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>357</v>
+      </c>
+      <c r="K72" t="s">
+        <v>358</v>
+      </c>
+      <c r="L72" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12">
       <c r="A73" t="s">
-        <v>176</v>
-      </c>
+        <v>359</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
       <c r="E73" t="s">
         <v>10</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
         <v>12</v>
       </c>
       <c r="H73" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="74" spans="1:9">
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>360</v>
+      </c>
+      <c r="K73" t="s">
+        <v>361</v>
+      </c>
+      <c r="L73" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12">
       <c r="A74" t="s">
-        <v>177</v>
-      </c>
+        <v>362</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
       <c r="E74" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F74" t="s">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G74" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H74" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="75" spans="1:9">
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>363</v>
+      </c>
+      <c r="K74" t="s">
+        <v>364</v>
+      </c>
+      <c r="L74" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12">
       <c r="A75" t="s">
-        <v>178</v>
-      </c>
+        <v>365</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
       <c r="E75" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="F75" t="s">
-        <v>179</v>
+        <v>366</v>
       </c>
       <c r="G75" t="s">
         <v>12</v>
       </c>
       <c r="H75" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="76" spans="1:9">
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>367</v>
+      </c>
+      <c r="K75" t="s">
+        <v>368</v>
+      </c>
+      <c r="L75" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12">
       <c r="A76" t="s">
-        <v>180</v>
-      </c>
+        <v>369</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
       <c r="E76" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F76" t="s">
-        <v>181</v>
+        <v>370</v>
       </c>
       <c r="G76" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="H76" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="77" spans="1:9">
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>371</v>
+      </c>
+      <c r="K76" t="s">
+        <v>372</v>
+      </c>
+      <c r="L76" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12">
       <c r="A77" t="s">
-        <v>182</v>
-      </c>
+        <v>373</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+      <c r="D77"/>
       <c r="E77" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F77" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="G77" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="H77" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="78" spans="1:9">
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>374</v>
+      </c>
+      <c r="K77" t="s">
+        <v>375</v>
+      </c>
+      <c r="L77" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12">
       <c r="A78" t="s">
-        <v>183</v>
-      </c>
+        <v>376</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+      <c r="D78"/>
       <c r="E78" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="F78" t="s">
-        <v>184</v>
+        <v>377</v>
       </c>
       <c r="G78" t="s">
-        <v>185</v>
+        <v>378</v>
       </c>
       <c r="H78" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="79" spans="1:9">
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>379</v>
+      </c>
+      <c r="K78" t="s">
+        <v>380</v>
+      </c>
+      <c r="L78" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12">
       <c r="A79" t="s">
-        <v>183</v>
-      </c>
+        <v>376</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+      <c r="D79"/>
       <c r="E79" t="s">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="F79" t="s">
+        <v>381</v>
+      </c>
+      <c r="G79" t="s">
+        <v>68</v>
+      </c>
+      <c r="H79" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>382</v>
+      </c>
+      <c r="K79" t="s">
+        <v>383</v>
+      </c>
+      <c r="L79" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12">
+      <c r="A80" t="s">
+        <v>384</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+      <c r="D80"/>
+      <c r="E80" t="s">
+        <v>136</v>
+      </c>
+      <c r="F80" t="s">
+        <v>385</v>
+      </c>
+      <c r="G80" t="s">
+        <v>308</v>
+      </c>
+      <c r="H80" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>386</v>
+      </c>
+      <c r="K80" t="s">
+        <v>387</v>
+      </c>
+      <c r="L80" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12">
+      <c r="A81" t="s">
+        <v>388</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81"/>
+      <c r="D81"/>
+      <c r="E81" t="s">
+        <v>89</v>
+      </c>
+      <c r="F81" t="s">
+        <v>389</v>
+      </c>
+      <c r="G81" t="s">
+        <v>390</v>
+      </c>
+      <c r="H81" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>391</v>
+      </c>
+      <c r="K81" t="s">
+        <v>392</v>
+      </c>
+      <c r="L81" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12">
+      <c r="A82" t="s">
+        <v>393</v>
+      </c>
+      <c r="B82"/>
+      <c r="C82"/>
+      <c r="D82"/>
+      <c r="E82" t="s">
+        <v>67</v>
+      </c>
+      <c r="F82" t="s">
+        <v>394</v>
+      </c>
+      <c r="G82" t="s">
+        <v>36</v>
+      </c>
+      <c r="H82" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>395</v>
+      </c>
+      <c r="K82" t="s">
+        <v>396</v>
+      </c>
+      <c r="L82" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12">
+      <c r="A83" t="s">
+        <v>393</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83"/>
+      <c r="D83"/>
+      <c r="E83" t="s">
+        <v>18</v>
+      </c>
+      <c r="F83" t="s">
+        <v>397</v>
+      </c>
+      <c r="G83" t="s">
+        <v>31</v>
+      </c>
+      <c r="H83" t="s">
+        <v>13</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>398</v>
+      </c>
+      <c r="K83" t="s">
+        <v>399</v>
+      </c>
+      <c r="L83" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12">
+      <c r="A84" t="s">
+        <v>400</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84"/>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>209</v>
+      </c>
+      <c r="F84" t="s">
+        <v>401</v>
+      </c>
+      <c r="G84" t="s">
+        <v>31</v>
+      </c>
+      <c r="H84" t="s">
+        <v>55</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>402</v>
+      </c>
+      <c r="K84" t="s">
+        <v>403</v>
+      </c>
+      <c r="L84" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12">
+      <c r="A85" t="s">
+        <v>404</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85"/>
+      <c r="D85"/>
+      <c r="E85" t="s">
         <v>186</v>
       </c>
-      <c r="G79" t="s">
-[...97 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>198</v>
-      </c>
+        <v>405</v>
+      </c>
+      <c r="G85"/>
       <c r="H85" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="86" spans="1:9">
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>406</v>
+      </c>
+      <c r="K85" t="s">
+        <v>407</v>
+      </c>
+      <c r="L85" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12">
       <c r="A86" t="s">
-        <v>197</v>
-      </c>
+        <v>404</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86"/>
+      <c r="D86"/>
       <c r="E86" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="F86" t="s">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>409</v>
+      </c>
+      <c r="K86" t="s">
+        <v>410</v>
+      </c>
+      <c r="L86" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12">
       <c r="A87" t="s">
-        <v>199</v>
-      </c>
+        <v>411</v>
+      </c>
+      <c r="B87"/>
+      <c r="C87"/>
+      <c r="D87"/>
       <c r="E87" t="s">
         <v>10</v>
       </c>
       <c r="F87" t="s">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="G87" t="s">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="H87" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>412</v>
+      </c>
+      <c r="K87" t="s">
+        <v>413</v>
+      </c>
+      <c r="L87" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12">
       <c r="A88" t="s">
-        <v>199</v>
-      </c>
+        <v>411</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88"/>
+      <c r="D88"/>
       <c r="E88" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="F88" t="s">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H88" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>414</v>
+      </c>
+      <c r="K88" t="s">
+        <v>415</v>
+      </c>
+      <c r="L88" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12">
       <c r="A89" t="s">
-        <v>199</v>
-      </c>
+        <v>411</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89"/>
+      <c r="D89"/>
       <c r="E89" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
       <c r="F89" t="s">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="G89" t="s">
         <v>12</v>
       </c>
       <c r="H89" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>416</v>
+      </c>
+      <c r="K89" t="s">
+        <v>417</v>
+      </c>
+      <c r="L89" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12">
       <c r="A90" t="s">
-        <v>200</v>
-      </c>
+        <v>418</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90"/>
+      <c r="D90"/>
       <c r="E90" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="F90" t="s">
-        <v>196</v>
+        <v>401</v>
       </c>
       <c r="G90" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="H90" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:9">
+        <v>55</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>419</v>
+      </c>
+      <c r="K90" t="s">
+        <v>420</v>
+      </c>
+      <c r="L90" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12">
       <c r="A91" t="s">
-        <v>201</v>
-      </c>
+        <v>422</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91"/>
+      <c r="D91"/>
       <c r="E91" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="F91" t="s">
-        <v>202</v>
+        <v>423</v>
       </c>
       <c r="G91" t="s">
-        <v>203</v>
+        <v>308</v>
       </c>
       <c r="H91" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="92" spans="1:9">
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>424</v>
+      </c>
+      <c r="K91" t="s">
+        <v>425</v>
+      </c>
+      <c r="L91" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12">
       <c r="A92" t="s">
-        <v>204</v>
-      </c>
+        <v>426</v>
+      </c>
+      <c r="B92"/>
+      <c r="C92"/>
+      <c r="D92"/>
       <c r="E92" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="F92" t="s">
-        <v>205</v>
+        <v>427</v>
       </c>
       <c r="G92" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="H92" t="s">
         <v>13</v>
       </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>428</v>
+      </c>
+      <c r="K92" t="s">
+        <v>429</v>
+      </c>
+      <c r="L92" t="s">
+        <v>430</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I92"/>
+  <autoFilter ref="A1:L92"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>