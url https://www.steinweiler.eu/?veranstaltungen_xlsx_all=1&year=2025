--- v0 (2025-12-29)
+++ v1 (2026-02-19)
@@ -7,738 +7,1442 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Veranstaltungen" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Veranstaltungen'!$A$1:$I$97</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Veranstaltungen'!$A$1:$L$97</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Uhr</t>
   </si>
   <si>
     <t>Ende</t>
   </si>
   <si>
     <t>Uhr_Ende</t>
   </si>
   <si>
     <t>Veranstalter</t>
   </si>
   <si>
     <t>Veranstaltung</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Kategorie</t>
   </si>
   <si>
     <t>Kommentar</t>
   </si>
   <si>
     <t>04.01.2025</t>
   </si>
   <si>
     <t>Kath. Kirchengemeinde</t>
   </si>
   <si>
     <t>Sternsinger + Neujahrsempfang</t>
   </si>
   <si>
     <t>14-Nothelfer-Zentrum</t>
   </si>
   <si>
     <t>oeffentlich</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3IzZ29qNDZkajY0ZTlqNm9vajhlMWc2NHJqaWNoazZrb2owY2ozY2xobTRvajQ2ZGowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6kr3goj46dj64e9j6ooj8e1g64rjichk6koj0cj3clhm4oj46dj0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kath. Kirchengemeinde Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>10.01.2025</t>
   </si>
   <si>
     <t>Landfrauen</t>
   </si>
   <si>
     <t>Jahresanfangsfeier</t>
   </si>
   <si>
     <t>Bürgerhaus - Seniorenraum</t>
   </si>
   <si>
     <t>vereinsintern</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNWlqZ3BoazZjcDM4cDlpNjVoMzJlMXA2Y3IzNG85cGNjbzNjYzFnNjloM2FvajI2Y3AwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc5ijgphk6cp38p9i65h32e1p6cr34o9pcco3cc1g69h3aoj26cp0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landfrauen Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>11.01.2025</t>
   </si>
   <si>
     <t>Jugend Rot Kreuz</t>
   </si>
   <si>
     <t xml:space="preserve">Christbaumsammlung </t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3JtNGQzNmM4czY2bzlwNmdxNjZlYjU3NHJtY3AxbmM5ajMyY3BtNjhvM2FvYjI3MG9nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcorm4d36c8s66o9p6gq66eb574rmcp1nc9j32cpm68o3aob270og</t>
+  </si>
+  <si>
+    <t>Veranstalter: Jugend Rot Kreuz Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>18.01.2025</t>
   </si>
   <si>
     <t>Tennisclub</t>
   </si>
   <si>
     <t>Glühweinfest</t>
   </si>
   <si>
     <t>Tennis-Clubhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2cGdtY2QzM2NsaG00cDltNnNwMzJwOW5jb3A2NGNwaTZjcTNnZHBpNzBzbTRvYjM3MHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6pgmcd33clhm4p9m6sp32p9ncop64cpi6cq3gdpi70sm4ob370rg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Tennisclub Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>19.01.2025</t>
   </si>
   <si>
     <t>Die Grünen</t>
   </si>
   <si>
     <t>Neujahrsdinner for one</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3FtY2MxZzcxajY0b3IzNzFpamFjcjVjbGdqMGU5b2NvbzNhZDlwNnNzajRlOW42dGgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6kqmcc1g71j64or371ijacr5clgj0e9ocoo3ad9p6ssj4e9n6th0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Die Grünen Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>22.01.2025</t>
   </si>
   <si>
     <t>Deutsches Rotes Kreuz</t>
   </si>
   <si>
     <t>Blutspende</t>
   </si>
   <si>
     <t>Feuerwehrhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHMzOGViMTZvcGpjZGI1NmRpMzRjMXBjb3IzZ285aTZ0aWo0YzM0NzByM2ljaGc2Y3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64s38eb16opjcdb56di34c1pcor3go9i6tij4c3470r3ichg6cs0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Deutsches Rotes Kreuz Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>25.01.2025</t>
   </si>
   <si>
     <t>CDU Ortsverband</t>
   </si>
   <si>
     <t>Glühweinwanderung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWhqMmQ5bDY5Z2owY2hvYzhxM2NlOWw2MWg2OHBiMTc0cmoyZTluY2xpbTRjcjU3NWgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65hj2d9l69gj0choc8q3ce9l61h68pb174rj2e9nclim4cr575h0</t>
+  </si>
+  <si>
+    <t>Veranstalter: CDU Ortsverband Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>29.01.2025</t>
   </si>
   <si>
     <t>Musikverein</t>
   </si>
   <si>
     <t>Jahreshauptversammlung</t>
   </si>
   <si>
     <t>Bürgerhaus - Vereinsraum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Y3MzZW9wa2NvbzYyZGI1NmdyamlvaG9jbGhqMGMxZzcwc21jYzlvNzBxbWNvcHA2dGdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6cs3eopkcoo62db56grjiohoclhj0c1g70smcc9o70qmcopp6tgg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Musikverein
+Kategorie: vereinsintern
+Kommentar:</t>
+  </si>
+  <si>
     <t>07.02.2025</t>
   </si>
   <si>
     <t>Landjugend</t>
   </si>
   <si>
     <t>Landjugendraum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjcGhtOG9yNmNjcWphY2hqNjRxamFvcG83MWkzMm9oaGM5aTMyb2o0YzVnbTZkYjE2Y3FnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcphm8or6ccqjachj64qjaopo71i32ohhc9i32oj4c5gm6db16cqg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landjugend Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>08.02.2025</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>16:00</t>
   </si>
   <si>
     <t>FCK-Fanclub</t>
   </si>
   <si>
     <t>Kesselfleischessen</t>
   </si>
   <si>
     <t>Seehof</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=NzdsYWMydXI5dG1pMnM5MTk1a3ZwcG11aWcgYTg3YjEwODNlZjlmNzE2YzFmMzY3NTlmMmNiYzM4OTA4MGY4N2M4NGFhMDY1MTdlOTY2MjExMmI5MWYzZDRiOEBn</t>
+  </si>
+  <si>
+    <t>77lac2ur9tmi2s9195kvppmuig</t>
+  </si>
+  <si>
+    <t>Veranstalter: FCK-Fanclub Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>15.02.2025</t>
   </si>
   <si>
     <t>Fußballsportverein</t>
   </si>
   <si>
     <t>Schlachtfest</t>
   </si>
   <si>
     <t>FSV-Clubhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a3E2NGUzNjcwcm0ycGhvNmtybThvcjM2a28zNGQzMTZkajNpZGhrNjhzbWFkOXBjbGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6kq64e3670rm2pho6krm8or36ko34d316dj3idhk68smad9pclig</t>
+  </si>
+  <si>
+    <t>Veranstalter: Fußballsportverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>16.02.2025</t>
   </si>
   <si>
     <t>Spendenkaffee</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3BqMGRobzY5Z2pnYzlpNm9vbThjcjQ2aGdqY2RoaGNoZ2pnZTlnNjRyajJkOXBja3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcopj0dho69gjgc9i6oom8cr46hgjcdhhchgjge9g64rj2d9pcksg</t>
+  </si>
+  <si>
     <t>21.02.2025</t>
   </si>
   <si>
     <t>Sozialverband</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OWhqZW9wazZnb200bzlvNzFoNmNkYjZjY3BqNGRqNGM4cTMwcGhrNzBxM2FkYjE2Z3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk69hjeopk6gom4o9o71h6cdb6ccpj4dj4c8q30phk70q3adb16gs0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Sozialverband Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>22.02.2025</t>
   </si>
   <si>
     <t>Turnverein</t>
   </si>
   <si>
     <t>Narrenbaumstellen</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3MzYW9wbWM1ajNpbzloY2txbTJjOW5jOHM2OGQxaDZjbzZhYzFqNjhxamdwaGdjNWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gs3aopmc5j3io9hckqm2c9nc8s68d1h6co6ac1j68qjgphgc5hg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Turnverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>23.02.2025</t>
   </si>
   <si>
     <t>Bundestagswahl</t>
   </si>
   <si>
     <t>verwaltung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=MGlhYzJsbGY2bzM5MXM1MzdhNmY4MjY4bTQgYTg3YjEwODNlZjlmNzE2YzFmMzY3NTlmMmNiYzM4OTA4MGY4N2M4NGFhMDY1MTdlOTY2MjExMmI5MWYzZDRiOEBn</t>
+  </si>
+  <si>
+    <t>0iac2llf6o391s537a6f8268m4</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kategorie: verwaltung Kommentar:</t>
+  </si>
+  <si>
     <t>26.02.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3A2NGNobmNsaGplZGI1NzRyNjhkcGljNHFtY29wbjY0cm02b2hpY2xpM2FkYjNjZ3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gp64chnclhjedb574r68dpic4qmcopn64rm6ohicli3adb3cgs0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Tennisclub Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>07.03.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjY3E2OHA5bDY0cTZjcGhvY2dvM2dvaG43NWlqOG85amM4b202Y2huNzFnbTRkajI3NHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkccq68p9l64q6cphocgo3gohn75ij8o9jc8om6chn71gm4dj274p0</t>
+  </si>
+  <si>
+    <t>Veranstalter: CDU Ortsverband Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>08.03.2025</t>
   </si>
   <si>
-    <t>Prot/ KiTa-Elternbeirat</t>
+    <t>Prot. KiTa-Elternbeirat</t>
   </si>
   <si>
     <t>Flohmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjbGkzY2U5bzZkZ2owZDlnY2NvM2VkajE2aGhqMHA5cGNoaTZjY2hvNjRzM2lvajI2dGdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcli3ce9o6dgj0d9gcco3edj16hhj0p9pchi6ccho64s3ioj26tgg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Prot. KiTa-Elternbeirat Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>12.03.2025</t>
   </si>
   <si>
     <t>FSV Förderverein</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ29qZ2NoamNoZ2phZGo2NzRvajZlMW43NWkzNmRyNDZjbzNhcGI1Nm9wajZvOW42OHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgojgchjchgjadj674oj6e1n75i36dr46co3apb56opj6o9n68sg</t>
+  </si>
+  <si>
+    <t>Veranstalter: FSV Förderverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>14.03.2025</t>
   </si>
   <si>
     <t>Ortsgemeinde</t>
   </si>
   <si>
     <t xml:space="preserve">Verabschiedung Bürgermeister Volker Poß </t>
   </si>
   <si>
     <t>Bürgerhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=NDkwdmJiMW9pb2VxMGlhMmY0YnJqMThncmMgYTg3YjEwODNlZjlmNzE2YzFmMzY3NTlmMmNiYzM4OTA4MGY4N2M4NGFhMDY1MTdlOTY2MjExMmI5MWYzZDRiOEBn</t>
+  </si>
+  <si>
+    <t>490vbb1oioeq0ia2f4brj18grc</t>
+  </si>
+  <si>
+    <t>Veranstalter: Ortsgemeinde Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Wieder-Inbetriebnahme Bürgerhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=N29nZ2w3cjk2aTdwZWkyb3ZtOTY4OG9lczkgYTg3YjEwODNlZjlmNzE2YzFmMzY3NTlmMmNiYzM4OTA4MGY4N2M4NGFhMDY1MTdlOTY2MjExMmI5MWYzZDRiOEBn</t>
+  </si>
+  <si>
+    <t>7oggl7r96i7pei2ovm9688oes9</t>
+  </si>
+  <si>
     <t>15.03.2025</t>
   </si>
   <si>
     <t>Aktion saubere Landschaft</t>
   </si>
   <si>
-    <t>Treffpunkt Bürgerhaus</t>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjOHBtOHAxaDZkZ21jZHBoNzRyMzBvaG82bGkzNnAxbmNjbzNpb3BqNjBzbTJkaG43NWowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc8pm8p1h6dgmcdph74r30oho6li36p1ncco3iopj60sm2dhn75j0</t>
   </si>
   <si>
     <t>16.03.2025</t>
   </si>
   <si>
     <t>Vortrag Gebäudeenergiegesetz-1</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWdqYW9wbGNncGpjZDFpYzVnajhvaHA2OHJtMm85aDZrb21hZTFnYzRvamdwOWw2c3AwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65gjaoplcgpjcd1ic5gj8ohp68rm2o9h6komae1gc4ojgp9l6sp0</t>
+  </si>
+  <si>
     <t>17.03.2025</t>
   </si>
   <si>
     <t>Freie Wähler</t>
   </si>
   <si>
     <t>Weingut Frank Bohlender</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2bGdtNGM5b2M4b2oyb2hrNjFpajhkOWdjNWg2OGQzMWNsZ2plYzMyNnRobTZkMW43MWkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6lgm4c9oc8oj2ohk61ij8d9gc5h68d31clgjec326thm6d1n71i0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Freie Wähler Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>Mitgliederversammlung</t>
   </si>
   <si>
     <t>DRK-Heim</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWdtY3AxbGNvc2o2ZHBtNmNzMzRjOWdjY3A2NGRoamNncWppZWIzNjVpNjJkMzI2c3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71gmcp1lcosj6dpm6cs34c9gccp64dhjcgqjieb365i62d326srg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Deutsches Rotes Kreuz Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>18.03.2025</t>
   </si>
   <si>
     <t>Männergesangverein</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NG9qYWViNTY5aTMyb3BpY2dzajRlMWw3NWhtOHBqNDZnb2o2ZDFoY2dyajRvajZjOHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64ojaeb569i32opicgsj4e1l75hm8pj46goj6d1hcgrj4oj6c8r0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Männergesangverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>21.03.2025</t>
   </si>
   <si>
     <t>Schützenverein</t>
   </si>
   <si>
     <t>Schützenhaus</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjaGltY2UxbzY4cDZjZDlrY2dyM2VkcGk3MWozZWNqMTZncTYyZHI2Y3BqMzJkaGc3MHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkchimce1o68p6cd9kcgr3edpi71j3ecj16gq62dr6cpj32dhg70p0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Schützenverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>28.03.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtja29tNGQ5a2M1aGpnYzM0Y29xNmNkaGk2MHMzaWMxaWNvbzZjZGozNjlpM2llMW5jaGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkckom4d9kc5hjgc34coq6cdhi60s3ic1icoo6cdj369i3ie1nchig</t>
+  </si>
+  <si>
+    <t>Veranstalter: Fußballsportverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>29.03.2025</t>
   </si>
   <si>
     <t>Filmabend "Hiwwe wie driwwe" (Teil-2)</t>
   </si>
   <si>
     <t>Pfarrzentrum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3M2OGRobmNjcWplZGhqY2dvM2dkajU2c29tMmQzNGNrbzM0b2hnY2dybTJjcGc2c3EwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcos68dhnccqjedhjcgo3gdj56som2d34cko34ohgcgrm2cpg6sq0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landfrauen Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>30.03.2025</t>
   </si>
   <si>
     <t>Grundschule</t>
   </si>
   <si>
     <t>Lätare-Fest und Umzug</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtja3MzaWNiNjZzczM4Y2htNnNwbTRwaGxjaGk2NmRwbjcxaDZhYzlnNmtxMzhkajVjZ3EwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcks3icb66ss38chm6spm4phlchi66dpn71h6ac9g6kq38dj5cgq0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Grundschule Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>02.04.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZGlqZWNwazZoaDM2Y2hnNjloajRjMWdjY3EzZXBobjcwbzNlZDlsNjBxNjZjcjZjNHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcdijecpk6hh36chg69hj4c1gccq3ephn70o3ed9l60q66cr6c4r0</t>
+  </si>
+  <si>
     <t>06.04.2025</t>
   </si>
   <si>
     <t>CHORios - Konzert</t>
   </si>
   <si>
-    <t>prot/ Kirche Rohrbach</t>
+    <t>Prot. Kirche (Rohrbach)</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2a29tOGU5aDZoajM2Y3I0Y2NvbWFwajQ2Y3NqZ29yMmM5aTY0ZDM2NjBvMzRkYjY2NHBnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6kom8e9h6hj36cr4ccomapj46csjgor2c9i64d3660o34db664pg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Männergesangverein Kategorie: oeffentlich Kommentar:</t>
   </si>
   <si>
     <t>Familienwanderung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3NqMnBobGNrcG1jcGIxYzhzNjZwMzVjY3JqNm9wbDY5Z2pnZTlqNmxqM2VjOWdjcGdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6osj2phlckpmcpb1c8s66p35ccrj6opl69gjge9j6lj3ec9gcpgg</t>
+  </si>
+  <si>
     <t>Prot. Kirchengemeinde</t>
   </si>
   <si>
     <t>Konfirmation</t>
   </si>
   <si>
-    <t>Evangelische Kirche</t>
+    <t>Prot. Kirche</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWlqYXA5aGNjcm1hZHBrNnNvamdjcG5jNG82NmRwaGNnc21jZDM0NnNvNjhvajRjNWdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71ijap9hccrmadpk6sojgcpnc4o66dphcgsmcd346so68oj4c5gg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Prot. Kirchengemeinde Kategorie: oeffentlich Kommentar:</t>
   </si>
   <si>
     <t>12.04.2025</t>
   </si>
   <si>
     <t>Pflanzentauschmarkt</t>
   </si>
   <si>
-    <t>Hof vom Gemeindehaus</t>
+    <t>Hof des Gemeindehauses</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtja3IzMHBqMzY1aDY4ZGhnNjhyamFkaGdja3I2YWNyMjZsajNpZGIyY2NwMzZlYjE2b3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkckr30pj365h68dhg68rjadhgckr6acr26lj3idb2ccp36eb16org</t>
   </si>
   <si>
     <t>13.04.2025</t>
   </si>
   <si>
     <t>Niedergasse</t>
   </si>
   <si>
     <t>Straßenflohmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3JqNHAzMTYxaW0yZTMxNzRyajRwajJjb3JqMm9iNWNvc2pjb3BwYzloamNwaHA2NHEwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6orj4p3161im2e3174rj4pj2corj2ob5cosjcoppc9hjcphp64q0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Niedergasse Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>17.04.2025</t>
   </si>
   <si>
     <t>Freiwillige Feuerwehr</t>
   </si>
   <si>
     <t>Dienstversammlung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjcGlqOGUzMmNjcjY0Y2ozYzhyMzJwMzQ3NG9tMmMzNGNvcjY2ZDM2NjFpajRkYjE2cGdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcpij8e32ccr64cj3c8r32p3474om2c34cor66d3661ij4db16pgg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Freiwillige Feuerwehr Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>18.04.2025</t>
   </si>
   <si>
     <t>Fischessen</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNHNtNmQxbDYxaDNjZDFnNjhwM2FwaG42MHE2NmNobDZvb2oyYzFvYzhxbWFvOWljNWkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc4sm6d1l61h3cd1g68p3aphn60q66chl6ooj2c1oc8qmao9ic5i0</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtja3BtNGViMTcxaTM0YzFsNzBybTRjcjJjZ3M2Y3Axa2NkaGphZDFqNnNyNjZlMWljZ3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkckpm4eb171i34c1l70rm4cr2cgs6cp1kcdhjad1j6sr66e1icgs0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Schützenverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>19.04.2025</t>
   </si>
   <si>
     <t>Ostereierverkauf</t>
   </si>
   <si>
     <t>Kerweplatz</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjOWk2NGRyM2NvcTMwZDFtNmdwamVjaGg3NG9qZ285aGM4cGppZDFoY2txamNjcGo3NWowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc9i64dr3coq30d1m6gpjechh74ojgo9hc8pjid1hckqjccpj75j0</t>
+  </si>
+  <si>
     <t>25.04.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MWozaXAxaDYwb21jZGhtYzVqM2lwYjFjaGlqNG85cGNkaW02ZTM1NzRzamdwMW82ZGgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk61j3ip1h60omcdhmc5j3ipb1chij4o9pcdim6e3574sjgp1o6dh0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Turnverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>26.04.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=Mzg4NnVlMzFnbDhjaXNiZXZhajUwZG04NHYgYTg3YjEwODNlZjlmNzE2YzFmMzY3NTlmMmNiYzM4OTA4MGY4N2M4NGFhMDY1MTdlOTY2MjExMmI5MWYzZDRiOEBn</t>
+  </si>
+  <si>
+    <t>3886ue31gl8cisbevaj50dm84v</t>
+  </si>
+  <si>
     <t>27.04.2025</t>
   </si>
   <si>
     <t>Weingut Rosenhof</t>
   </si>
   <si>
     <t>Weinwanderwochenende</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHFqYXBobmNjcmpjb2IzNmdzbTRjajE2MWhqYXAxamNjcDY4b3I1YzRwbWFvYjRja3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64qjaphnccrjcob36gsm4cj161hjap1jccp68or5c4pmaob4cksg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Weingut Rosenhof Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Waldbaden</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Y282NmRqMzcxaGphZGo0NjVqNmNkajRjNHBqYWNoZzY1aDNlcGhnNmdxMzRvcGs3MHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6co66dj371hjadj465j6cdj4c4pjachg65h3ephg6gq34opk70rg</t>
+  </si>
+  <si>
     <t>30.04.2025</t>
   </si>
   <si>
     <t>Ortsgemeinde / Fußballsportverein / Landfrauen</t>
   </si>
   <si>
     <t>Maibaumstellen</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHBqMGUxbDY5Z20yb3BnY2hpNjRkaGpjb29qYWM5cGM1aWoyYzlvY29zbWNwOWs2OWkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64pj0e1l69gm2opgchi64dhjcoojac9pc5ij2c9ocosmcp9k69i0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Ortsgemeinde / Fußballsportverein / Landfrauen Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>01.05.2025</t>
   </si>
   <si>
     <t>Saisoneröffnung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWhqYWQxcGNrb2pjbzlvNzBwamljcjVjOHBtNHBqMmNrcm1hb3BtY2tyamllOWpjNG8wIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65hjad1pckojco9o70pjicr5c8pm4pj2ckrmaopmckrjie9jc4o0</t>
+  </si>
+  <si>
     <t>03.05.2025</t>
   </si>
   <si>
     <t>165 Jahre MGV - Liederabend</t>
   </si>
   <si>
     <t>Bürgerhaus - Saal</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtja3EzMm9wbTY5aW00YzlqY2tyM2FvajNjNHBtYWNqNTY0cmplY3BvY2dyajZjaGo3NHEwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkckq32opm69im4c9jckr3aoj3c4pmacj564rjecpocgrj6chj74q0</t>
+  </si>
+  <si>
     <t>09.05.2025</t>
   </si>
   <si>
     <t>10.05.2025</t>
   </si>
   <si>
     <t>Rosenhof rockt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWozaXAxZzc1aGpjb3BwNm9xajJvcG1jbGkzNm9wbmNncTMwZGIyNjFpMzBvajJjZ3BnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71j3ip1g75hjcopp6oqj2opmcli36opncgq30db261i30oj2cgpg</t>
+  </si>
+  <si>
     <t>17.05.2025</t>
   </si>
   <si>
     <t>18.05.2025</t>
   </si>
   <si>
     <t>Reitsportverein</t>
   </si>
   <si>
     <t>Reitturnier</t>
   </si>
   <si>
     <t>Fohlenhof</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNHNqZXBobjZsaTM0cGhwYzVpNmNkajY2OHMzNG85bjc0cm04cDlvY2txajhjMWk2Z3FnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc4sjephn6li34phpc5i6cdj668s34o9n74rm8p9ockqj8c1i6gqg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Reitsportverein Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Familie Lochbaum</t>
   </si>
   <si>
     <t>Folk &amp; More - Benefizkonzert</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NHA2Mm9obmM4c2o4b2hnY2xoamljMWg2dGlqZ29oaDZ0aG02b3I2NnNyajJjMWw2MHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk74p62ohnc8sj8ohgclhjic1h6tijgohh6thm6or66srj2c1l60r0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Familie Lochbaum Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>29.05.2025</t>
   </si>
   <si>
     <t>01.06.2025</t>
   </si>
   <si>
     <t>Historisches Dorffest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MWk2YW9wbzZjcW00Y3BuY2xnamlvcHA2c3I2NGU5Z2NwZ2plZDM2Y2xnamVjMzVjOHFnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk61i6aopo6cqm4cpnclgjiopp6sr64e9gcpgjed36clgjec35c8qg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>11.06.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjY3BtOGUxazc1aTNnY2hpNmdwbTRjOXBjY3A2MmViNTY4cTZhYzlpY2NxM2FkcjZjY3BnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkccpm8e1k75i3gchi6gpm4c9pccp62eb568q6ac9iccq3adr6ccpg</t>
+  </si>
+  <si>
     <t>13.06.2025</t>
   </si>
   <si>
     <t>Burger-Abend</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NHIzOHAxbTYxaDNjZDFsNm9ybTRkaGg2cGlqYWM5bGM0cTY4ZDlpNjBwajBwMWs3MWdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk74r38p1m61h3cd1l6orm4dhh6pijac9lc4q68d9i60pj0p1k71gg</t>
+  </si>
+  <si>
     <t>29.06.2025</t>
   </si>
   <si>
     <t>Vierzehn Nothelferfest</t>
   </si>
   <si>
-    <t>Katholische Kirche</t>
+    <t>kath. Kirche</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjbGhtOGM5ajZoaWo4b3BpNjlpbWFkajM2MWkzNmNyNTY5aGoyZTltY29wamNwajE2bGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkclhm8c9j6hij8opi69imadj361i36cr569hj2e9mcopjcpj16lig</t>
   </si>
   <si>
     <t>06.07.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3NqY2U5a2M4cjZjZGI0NzVoM2VwMWk2NWlqYXBiM2NwaDNhY3BrY2hqNmFjMzM3NHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcosjce9kc8r6cdb475h3ep1i65ijapb3cph3acpkchj6ac3374rg</t>
+  </si>
+  <si>
     <t>11.07.2025</t>
   </si>
   <si>
     <t>Aufführung Chawwerusch-Theater -  "Don Quijote"</t>
   </si>
   <si>
-    <t>Bürgerhaus (Hof)</t>
+    <t>Bürgerhaus - Hof</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=NXJrMmI5ZnRhNWFmYWNhdmEwcmZxa2JncWQgYTg3YjEwODNlZjlmNzE2YzFmMzY3NTlmMmNiYzM4OTA4MGY4N2M4NGFhMDY1MTdlOTY2MjExMmI5MWYzZDRiOEBn</t>
+  </si>
+  <si>
+    <t>5rk2b9fta5afacava0rfqkbgqd</t>
   </si>
   <si>
     <t>13.07.2025</t>
   </si>
   <si>
     <t>Grillfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NG82Y29yMTZ0aTNlY2o2NmdzNjhlMzRjaGo2Y2NoaWM0cWpncGhnNjBvM2VkaGg2OHFnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64o6cor16ti3ecj66gs68e34chj6cchic4qjgphg60o3edhh68qg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Sozialverband Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>21.07.2025</t>
   </si>
   <si>
     <t>24.07.2025</t>
   </si>
   <si>
     <t>Fußball-Camp</t>
   </si>
   <si>
     <t>FSV-Sportplatz</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3MzZWNyMmNrcjNpb3IzNzFnbThvcjZjOHEzYWQxbWM5aGphZWI0Nm9zajZvYjJjOHIwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6os3ecr2ckr3ior371gm8or6c8q3ad1mc9hjaeb46osj6ob2c8r0</t>
+  </si>
+  <si>
     <t>31.07.2025</t>
   </si>
   <si>
     <t>Schnitzeltag</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHMzNGRobmNnb2oyZGI1Y29vajRkMzM2c3EzMnBiMjYwc2o4YzM0NnBqMzZlMWs2bGgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64s34dhncgoj2db5cooj4d336sq32pb260sj8c346pj36e1k6lh0</t>
+  </si>
+  <si>
     <t>22.08.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MWdqNmUzMzZrb2ppcDM1YzRvM2FjaGs2Y282YXBiMjZoajM0ZGI2YzRvamdjcjQ2ZGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk61gj6e336kojip35c4o3achk6co6apb26hj34db6c4ojgcr46dig</t>
+  </si>
+  <si>
     <t>23.08.2025</t>
   </si>
   <si>
     <t>26.08.2025</t>
   </si>
   <si>
     <t xml:space="preserve">Kerwe </t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NHIzY3A5azZvcDNhbzlwYzVpbTJjaGw2Y3I2Y3AzNDc0cTMwZDlwYzhvM2lvaG82ZGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk64r3cp9k6op3ao9pc5im2chl6cr6cp3474q30d9pc8o3ioho6di0</t>
+  </si>
+  <si>
     <t>DRK + Landfrauen</t>
   </si>
   <si>
     <t>Kerwe-Ausschank</t>
   </si>
   <si>
-    <t>Hof des Gemeindehauses</t>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3MzOHA5Z2NkaTZhb3BpY2NwNjhkcjFjbGlqNGQzNDYwcWpjY2o0NmdxNjhjajY2a3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6os38p9gcdi6aopiccp68dr1clij4d3460qjccj46gq68cj66kr0</t>
+  </si>
+  <si>
+    <t>Veranstalter: DRK + Landfrauen Kategorie: oeffentlich Kommentar:</t>
   </si>
   <si>
     <t>Kerwe-Bar</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHFtNnBoZzc1aGplb2I2Y2hoNjZjOW42cGkzY2UxbWM0cTNhb2I0NmhobWFlMWtjbGgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70qm6phg75hjeob6chh66c9n6pi3ce1mc4q3aob46hhmae1kclh0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Landjugend Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kerwe-Eröffnung-Fassanstich </t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNWhqY2NocGNsajM4ZGI0Y2dyMzBlMzE3NWdqNG9waWNvc2o4bzloY2xoNjRkMzI2MHEwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc5hjcchpclj38db4cgr30e3175gj4opicosj8o9hclh64d3260q0</t>
+  </si>
+  <si>
     <t>24.08.2025</t>
   </si>
   <si>
     <t xml:space="preserve">Tag der offenen Tür </t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MHAzZXA5ajZjb20yZDMyNjRyamlwMW83MHJtY2NqNTc0cTM4Y2I0NzBvamdkMW42OHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk60p3ep9j6com2d3264rjip1o70rmccj574q38cb470ojgd1n68rg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Freiwillige Feuerwehr Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Kath. Frauengemeinschaft</t>
   </si>
   <si>
     <t>Kerwe-Café</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NWdqMmQxbzZkaG02ZHI2NzRwM2FvaGk2Y3FqZ2MzMmNnbzY0ZDFvY2tyNjZkMWpjNWdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk75gj2d1o6dhm6dr674p3aohi6cqjgc32cgo64d1ockr66d1jc5gg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kath. Frauengemeinschaft Kategorie: oeffentlich Kommentar:</t>
+  </si>
+  <si>
     <t>Kerwe-Tombola</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NWhqMmRiMmM0cmo4YzFnNjBxamNjYjE2OHAzMGUxbzYwcGpncDlpYzRxamFkOWxjb29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk75hj2db2c4rj8c1g60qjccb168p30e1o60pjgp9ic4qjad9lcoog</t>
+  </si>
+  <si>
     <t>28.08.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWg2YWQxaDZ0ajY0b2hnNzRxM2NwMzY2Z3BqNHA5bjZncm1hZWIxNmNzM2FvajFjcGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71h6ad1h6tj64ohg74q3cp366gpj4p9n6grmaeb16cs3aoj1cphg</t>
+  </si>
+  <si>
     <t>06.09.2025</t>
   </si>
   <si>
     <t>Spielfest</t>
   </si>
   <si>
     <t>Sporthalle</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2dGozZ2NqNWNwajYyb2IzNnRpbTZkMWg2NHIzY3AxaWNvcWowb2hnNmRoM2dvcHA3NHBnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6tj3gcj5cpj62ob36tim6d1h64r3cp1icoqj0ohg6dh3gopp74pg</t>
+  </si>
+  <si>
     <t>25.09.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MG82Nm9wbjZkaTY0ZHBtNmtvajhjaGs2OHMzaXBobjY5aTMwcGIxY2xpMzRjajE2Y3JnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk60o66opn6di64dpm6koj8chk68s3iphn69i30pb1cli34cj16crg</t>
+  </si>
+  <si>
     <t>27.09.2025</t>
   </si>
   <si>
     <t>Seniorenausflug</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjcGlqOGUxbGNvcjM2cGIzY2NxMzRkYjZjY3NtYXAxb2NkaTM2YzMyY29yajhjMzZja3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcpij8e1lcor36pb3ccq34db6ccsmap1ocdi36c32corj8c36cksg</t>
+  </si>
+  <si>
     <t>03.10.2025</t>
   </si>
   <si>
     <t>Oktoberfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MHNtNHBqNjYxZ2o2cGIzYzRwNmFvcjI2aGlqMHA5bGNwaG1hZDlwY2NybWNlOWc2bGhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk70sm4pj661gj6pb3c4p6aor26hij0p9lcphmad9pccrmce9g6lhg</t>
+  </si>
+  <si>
     <t>04.10.2025</t>
   </si>
   <si>
     <t>Herbstfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtja29qYXBocGNvcWo4Y3BqNnRobWNjcG5ja29tY2RiNTcwbzZhZDMxNzRxbThlMW02OHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkckojaphpcoqj8cpj6thmccpnckomcdb570o6ad3174qm8e1m68rg</t>
+  </si>
+  <si>
     <t>05.10.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OWgzY2UxcDY5Z200b2IyY2RpamFkaGdja3AzYW9wcGNrcDZhYzFpNzFoM2lwMWo3MHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk69h3ce1p69gm4ob2cdijadhgckp3aoppckp6ac1i71h3ip1j70sg</t>
+  </si>
+  <si>
     <t>29.10.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjb3FqMGRwaGM0bzY0cDltY2xoajBlMXBjOWhqZ2NwajYxZ2o2cDFqYzRyMzZvYjU3MHJnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcoqj0dphc4o64p9mclhj0e1pc9hjgcpj61gj6p1jc4r36ob570rg</t>
+  </si>
+  <si>
     <t>30.10.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2c29qOGNwbTc1aTY0b2hvNzFnamlvaG82NWgzZ2UxbDY5aW04ZDlwNnNwNmNkOXBjOWlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6soj8cpm75i64oho71gjioho65h3ge1l69im8d9p6sp6cd9pc9ig</t>
+  </si>
+  <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>Reformationstag</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ3JqOGNwaGNwaGplcGoyYzRvMzRlMWo2Z282Y2Nwazcwc2phZHIxNmNvNjhwajY2ZGdnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgrj8cphcphjepj2c4o34e1j6go6ccpk70sjadr16co68pj66dgg</t>
+  </si>
+  <si>
     <t>09.11.2025</t>
   </si>
   <si>
     <t>15 Jahre CHORios</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2b3FqNHBqMTZoaGo2ZGo2NmtyamFvYjQ3NHNqMnAxazcwczZhZGhwY2hoajBjcGxjaGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6oqj4pj16hhj6dj66krjaob474sj2p1k70s6adhpchhj0cplchig</t>
+  </si>
+  <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>St. Martin</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2cGgzZXBqNDZjc2pnZTFsNmNzNjRkaGxjbGhtNGRwbjZsaDY2YzlpYzRzajZvOW42c3MwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6ph3epj46csjge1l6cs64dhlclhm4dpn6lh66c9ic4sj6o9n6ss0</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2ZGlqZ3BqMWNsaDM2cGoyY2xpMzJvYjM2MWkzMGRqNDZwaGpnZDlsY2hpamFkcjI2cGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6dijgpj1clh36pj2cli32ob361i30dj46phjgd9lchijadr26pi0</t>
+  </si>
+  <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>Familienfest</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2NWozOGRwaTZkaWpjZHBuY3BpbThkaG5jaGkzMG9ob2NkaGo0Y3IyNzFobTJjcjNjOWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk65j38dpi6dijcdpncpim8dhnchi30ohocdhj4cr271hm2cr3c9hg</t>
+  </si>
+  <si>
     <t>Volkstrauertag</t>
   </si>
   <si>
     <t>Friedhof</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2aGltOGNyNjZsajY2YzFwYzhzamFwYjM2MG82YWUxbjYxaDMwb3BqNjByamNkOXA3NHAwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6him8cr66lj66c1pc8sjapb360o6ae1n61h30opj60rjcd9p74p0</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>Adventsmarkt</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2OG9qNGNwbjZvcDMwcDFuY29zbTRkMXA3MWdtOG9qMjZvbzYyZDloY2hpbTZjYjVjNWlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk68oj4cpn6op30p1ncosm4d1p71gm8oj26oo62d9hchim6cb5c5ig</t>
+  </si>
+  <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>Jahresabschlussfeier</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2bGdqOGRwbTZzcDM0cDFoYzVqMzhkajU3MG82NGRobTZ0ajM2Y3I0YzVobTJwMzRjOWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6lgj8dpm6sp34p1hc5j38dj570o64dhm6tj36cr4c5hm2p34c9hg</t>
+  </si>
+  <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>Adventsfeier (1/ Advent)</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjY3BtY3A5bWNrc2pjcGI1NjRyajZvcjJja3EzMmRob2NncTYyZTloNzBzajZlYjU2OWgwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkccpmcp9mcksjcpb564rj6or2ckq32dhocgq62e9h70sj6eb569h0</t>
+  </si>
+  <si>
     <t>Kirchenkonzert</t>
   </si>
   <si>
-    <t>Prot/ Kirche</t>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjaGg2OGQzNjc0cjM0b2oxY2hqNjRjcG02aGk2Y29yMmM4cDYyZTFnNjhwMzZjaHBjOHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkchh68d3674r34oj1chj64cpm6hi6cor2c8p62e1g68p36chpc8sg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Musikverein Kategorie: oeffentlich Kommentar:</t>
   </si>
   <si>
     <t>03.12.2025</t>
   </si>
   <si>
     <t>Weihnachtsfeier</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3MWdtNmNwaGM0cG1jZGhsNnRqM2lvcjJjY29qY2RqNmNrc204b2IxNmhoNjRjaGo2NWowIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk71gm6cphc4pmcdhl6tj3ior2ccojcdj6cksm8ob16hh64chj65j0</t>
+  </si>
+  <si>
+    <t>Veranstalter: Kath. Frauengemeinschaft Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
     <t>06.12.2025</t>
   </si>
   <si>
     <t>Jahresabschlussübung</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjOWdtY2MxbzZncGowbzlrNnRobWNjcGo2OHBtNmQzMTZoaGowY3BpNjhzajZjcGw2Z3AwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc9gmcc1o6gpj0o9k6thmccpj68pm6d316hhj0cpi68sj6cpl6gp0</t>
+  </si>
+  <si>
     <t>07.12.2025</t>
   </si>
   <si>
     <t>Gemeindenachmittag (2. Advent)</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2Z3FtMnBqMmNncjZjYzlvNjBzNmFkMzI2OHFqMGMxazYwcTZhcGhpNnRqM2lvYjE2a3IwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6gqm2pj2cgr6cc9o60s6ad3268qj0c1k60q6aphi6tj3iob16kr0</t>
+  </si>
+  <si>
     <t>09.12.2025</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2bGhqZ3BiNjZoaWppb3IxNjBwamVvcjE2aGdtNmNyMjZzc2o2ZDlwY2dvamdwOWhjZGlnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6lhjgpb66hijior160pjeor16hgm6cr26ssj6d9pcgojgp9hcdig</t>
+  </si>
+  <si>
     <t>13.12.2025</t>
   </si>
   <si>
     <t>Bürgerhaus / Pfarrzentrum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2MHE2NGUxaDZkaGo4Y2oxY29xamljaGk2c3FtOGNwbzZ0aDNhZWIxY2tzM2VlOWs2NHNnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk60q64e1h6dhj8cj1coqjichi6sqm8cpo6th3aeb1cks3ee9k64sg</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams2ZGltOGViNmNncG1hcDltY2twNjhlOW02MWgzNGQxaDZjcTZjZHI2NjRybWFwaGs3NWhnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk6dim8eb6cgpmap9mckp68e9m61h34d1h6cq6cdr664rmaphk75hg</t>
+  </si>
+  <si>
+    <t>Veranstalter: Musikverein Kategorie: vereinsintern Kommentar:</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjZ3AzMHA5azZvb21hY3BwNjlqMzJvYjZjZ3E2YWUxbjZrczM2ZDFqNnRnbTJjcG82b3NnIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkcgp30p9k6oomacpp69j32ob6cgq6ae1n6ks36d1j6tgm2cpo6osg</t>
+  </si>
+  <si>
     <t>20.12.2025</t>
   </si>
   <si>
     <t>18:00</t>
   </si>
   <si>
     <t>18:30</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NHFqZWQzNWNrczM4ZDluNzVoMzBwaGhjOWgzYXBobWNwaDM0ZDltNnBpNjZkOW1jY29nIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk74qjed35cks38d9n75h30phhc9h3aphmcph34d9m6pi66d9mccog</t>
+  </si>
+  <si>
     <t>23.12.2025</t>
   </si>
   <si>
     <t>Singen unterm Weihnachtsbaum</t>
   </si>
   <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzamtjNG9tNm9wa2NvcTNjcDFsNmdyamFjOWs2c3JqZ29qNTZzbzM0cGIzNzFpM2VkOW82Z28wIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjkc4om6opkcoq3cp1l6grjac9k6srjgoj56so34pb371i3ed9o6go0</t>
+  </si>
+  <si>
     <t>31.12.2025</t>
   </si>
   <si>
     <t>Silvesterparty</t>
+  </si>
+  <si>
+    <t>https://www.google.com/calendar/event?eid=XzhkOWxjZ3JmZHByNmFzams3NWlqaWU5Zzc1aW0yZTlpNjhwamVwMWg2NHJtMm9iNDY0b2ppb2I0NjFpbWNlOWhjbGkwIGE4N2IxMDgzZWY5ZjcxNmMxZjM2NzU5ZjJjYmMzODkwODBmODdjODRhYTA2NTE3ZTk2NjIxMTJiOTFmM2Q0YjhAZw</t>
+  </si>
+  <si>
+    <t>_8d9lcgrfdpr6asjk75ijie9g75im2e9i68pjep1h64rm2ob464ojiob461imce9hcli0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1042,1726 +1746,2979 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I97"/>
+  <dimension ref="A1:L97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="265.364" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:12">
       <c r="A2" t="s">
         <v>9</v>
       </c>
+      <c r="B2"/>
+      <c r="C2"/>
+      <c r="D2"/>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="3" spans="1:9">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>14</v>
+      </c>
+      <c r="K2" t="s">
+        <v>15</v>
+      </c>
+      <c r="L2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
       <c r="A3" t="s">
-        <v>14</v>
-      </c>
+        <v>17</v>
+      </c>
+      <c r="B3"/>
+      <c r="C3"/>
+      <c r="D3"/>
       <c r="E3" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:9">
+        <v>21</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
       <c r="A4" t="s">
-        <v>19</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
       <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G4"/>
+      <c r="H4" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>28</v>
+      </c>
+      <c r="K4" t="s">
+        <v>29</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5"/>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
+      <c r="A6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
         <v>20</v>
       </c>
-      <c r="F4" t="s">
+      <c r="H6" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
+      <c r="A7" t="s">
+        <v>44</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8"/>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>55</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
+      <c r="A9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9"/>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
         <v>21</v>
       </c>
-      <c r="H4" t="s">
-[...47 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10"/>
+      <c r="D10"/>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>21</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>68</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11"/>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>74</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>21</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>77</v>
+      </c>
+      <c r="L11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>84</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13"/>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
+        <v>20</v>
+      </c>
+      <c r="H13" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" t="s">
+        <v>89</v>
+      </c>
+      <c r="L13" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14"/>
+      <c r="D14"/>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" t="s">
+        <v>20</v>
+      </c>
+      <c r="H14" t="s">
+        <v>21</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>92</v>
+      </c>
+      <c r="K14" t="s">
+        <v>93</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>96</v>
+      </c>
+      <c r="F15" t="s">
+        <v>97</v>
+      </c>
+      <c r="G15" t="s">
+        <v>20</v>
+      </c>
+      <c r="H15" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>99</v>
+      </c>
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
+      <c r="F16" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16" t="s">
+        <v>103</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>104</v>
+      </c>
+      <c r="K16" t="s">
+        <v>105</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17" t="s">
         <v>32</v>
       </c>
-      <c r="H7" t="s">
-[...7 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F17" t="s">
+        <v>59</v>
+      </c>
+      <c r="G17" t="s">
         <v>34</v>
       </c>
-      <c r="F8" t="s">
-[...76 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H17" t="s">
+        <v>21</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>108</v>
+      </c>
+      <c r="K17" t="s">
+        <v>109</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18" t="s">
         <v>52</v>
       </c>
-      <c r="H12" t="s">
-[...44 lines deleted...]
-      <c r="F15" t="s">
+      <c r="F18" t="s">
         <v>59</v>
       </c>
-      <c r="G15" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H18" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:9">
+        <v>21</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>113</v>
+      </c>
+      <c r="L18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
       <c r="A19" t="s">
-        <v>65</v>
-      </c>
+        <v>115</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
       <c r="E19" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="F19" t="s">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="G19" t="s">
         <v>12</v>
       </c>
       <c r="H19" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="20" spans="1:9">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+      <c r="K19" t="s">
+        <v>119</v>
+      </c>
+      <c r="L19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
       <c r="A20" t="s">
-        <v>68</v>
-      </c>
+        <v>121</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>122</v>
       </c>
       <c r="F20" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="G20" t="s">
+        <v>82</v>
+      </c>
+      <c r="H20" t="s">
+        <v>21</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>123</v>
+      </c>
+      <c r="K20" t="s">
+        <v>124</v>
+      </c>
+      <c r="L20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21"/>
+      <c r="D21"/>
+      <c r="E21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F21" t="s">
+        <v>128</v>
+      </c>
+      <c r="G21" t="s">
+        <v>129</v>
+      </c>
+      <c r="H21" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>131</v>
+      </c>
+      <c r="L21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>127</v>
+      </c>
+      <c r="F22" t="s">
+        <v>133</v>
+      </c>
+      <c r="G22" t="s">
+        <v>129</v>
+      </c>
+      <c r="H22" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>134</v>
+      </c>
+      <c r="K22" t="s">
+        <v>135</v>
+      </c>
+      <c r="L22" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
+      <c r="F23" t="s">
+        <v>137</v>
+      </c>
+      <c r="G23" t="s">
+        <v>129</v>
+      </c>
+      <c r="H23" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>138</v>
+      </c>
+      <c r="K23" t="s">
+        <v>139</v>
+      </c>
+      <c r="L23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24" t="s">
+        <v>141</v>
+      </c>
+      <c r="G24" t="s">
+        <v>20</v>
+      </c>
+      <c r="H24" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>142</v>
+      </c>
+      <c r="K24" t="s">
+        <v>143</v>
+      </c>
+      <c r="L24" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" t="s">
+        <v>146</v>
+      </c>
+      <c r="H25" t="s">
+        <v>21</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>147</v>
+      </c>
+      <c r="K25" t="s">
+        <v>148</v>
+      </c>
+      <c r="L25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
+      <c r="A26" t="s">
+        <v>144</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" t="s">
+        <v>150</v>
+      </c>
+      <c r="G26" t="s">
+        <v>151</v>
+      </c>
+      <c r="H26" t="s">
+        <v>21</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>152</v>
+      </c>
+      <c r="K26" t="s">
+        <v>153</v>
+      </c>
+      <c r="L26" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27"/>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>156</v>
+      </c>
+      <c r="F27" t="s">
+        <v>59</v>
+      </c>
+      <c r="G27" t="s">
+        <v>60</v>
+      </c>
+      <c r="H27" t="s">
+        <v>21</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>157</v>
+      </c>
+      <c r="K27" t="s">
+        <v>158</v>
+      </c>
+      <c r="L27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>161</v>
+      </c>
+      <c r="F28" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" t="s">
+        <v>162</v>
+      </c>
+      <c r="H28" t="s">
+        <v>21</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>163</v>
+      </c>
+      <c r="K28" t="s">
+        <v>164</v>
+      </c>
+      <c r="L28" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12">
+      <c r="A29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29"/>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>80</v>
+      </c>
+      <c r="F29" t="s">
+        <v>59</v>
+      </c>
+      <c r="G29" t="s">
+        <v>82</v>
+      </c>
+      <c r="H29" t="s">
+        <v>21</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+      <c r="K29" t="s">
+        <v>168</v>
+      </c>
+      <c r="L29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12">
+      <c r="A30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>18</v>
+      </c>
+      <c r="F30" t="s">
+        <v>171</v>
+      </c>
+      <c r="G30" t="s">
+        <v>172</v>
+      </c>
+      <c r="H30" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>173</v>
+      </c>
+      <c r="K30" t="s">
+        <v>174</v>
+      </c>
+      <c r="L30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12">
+      <c r="A31" t="s">
+        <v>176</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>177</v>
+      </c>
+      <c r="F31" t="s">
+        <v>178</v>
+      </c>
+      <c r="G31" t="s">
+        <v>177</v>
+      </c>
+      <c r="H31" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>179</v>
+      </c>
+      <c r="K31" t="s">
+        <v>180</v>
+      </c>
+      <c r="L31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12">
+      <c r="A32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>45</v>
+      </c>
+      <c r="F32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>183</v>
+      </c>
+      <c r="K32" t="s">
+        <v>184</v>
+      </c>
+      <c r="L32" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12">
+      <c r="A33" t="s">
+        <v>185</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33"/>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>156</v>
+      </c>
+      <c r="F33" t="s">
+        <v>186</v>
+      </c>
+      <c r="G33" t="s">
+        <v>187</v>
+      </c>
+      <c r="H33" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>188</v>
+      </c>
+      <c r="K33" t="s">
+        <v>189</v>
+      </c>
+      <c r="L33" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12">
+      <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>18</v>
+      </c>
+      <c r="F34" t="s">
+        <v>191</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>192</v>
+      </c>
+      <c r="K34" t="s">
+        <v>193</v>
+      </c>
+      <c r="L34" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12">
+      <c r="A35" t="s">
+        <v>185</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>194</v>
+      </c>
+      <c r="F35" t="s">
+        <v>195</v>
+      </c>
+      <c r="G35" t="s">
+        <v>196</v>
+      </c>
+      <c r="H35" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>197</v>
+      </c>
+      <c r="K35" t="s">
+        <v>198</v>
+      </c>
+      <c r="L35" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12">
+      <c r="A36" t="s">
+        <v>200</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36"/>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>18</v>
+      </c>
+      <c r="F36" t="s">
+        <v>201</v>
+      </c>
+      <c r="G36" t="s">
+        <v>202</v>
+      </c>
+      <c r="H36" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>203</v>
+      </c>
+      <c r="K36" t="s">
+        <v>204</v>
+      </c>
+      <c r="L36" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12">
+      <c r="A37" t="s">
+        <v>205</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>206</v>
+      </c>
+      <c r="F37" t="s">
+        <v>207</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>208</v>
+      </c>
+      <c r="K37" t="s">
+        <v>209</v>
+      </c>
+      <c r="L37" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12">
+      <c r="A38" t="s">
+        <v>211</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38" t="s">
+        <v>212</v>
+      </c>
+      <c r="F38" t="s">
+        <v>213</v>
+      </c>
+      <c r="G38" t="s">
+        <v>47</v>
+      </c>
+      <c r="H38" t="s">
+        <v>21</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>214</v>
+      </c>
+      <c r="K38" t="s">
+        <v>215</v>
+      </c>
+      <c r="L38" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12">
+      <c r="A39" t="s">
+        <v>217</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39"/>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>80</v>
+      </c>
+      <c r="F39" t="s">
+        <v>218</v>
+      </c>
+      <c r="G39" t="s">
+        <v>82</v>
+      </c>
+      <c r="H39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>219</v>
+      </c>
+      <c r="K39" t="s">
+        <v>220</v>
+      </c>
+      <c r="L39" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12">
+      <c r="A40" t="s">
+        <v>217</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>161</v>
+      </c>
+      <c r="F40" t="s">
+        <v>218</v>
+      </c>
+      <c r="G40" t="s">
+        <v>162</v>
+      </c>
+      <c r="H40" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>221</v>
+      </c>
+      <c r="K40" t="s">
+        <v>222</v>
+      </c>
+      <c r="L40" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12">
+      <c r="A41" t="s">
+        <v>224</v>
+      </c>
+      <c r="B41"/>
+      <c r="C41"/>
+      <c r="D41"/>
+      <c r="E41" t="s">
         <v>52</v>
       </c>
-      <c r="H20" t="s">
-[...13 lines deleted...]
-      <c r="G21" t="s">
+      <c r="F41" t="s">
+        <v>225</v>
+      </c>
+      <c r="G41" t="s">
+        <v>226</v>
+      </c>
+      <c r="H41" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>227</v>
+      </c>
+      <c r="K41" t="s">
+        <v>228</v>
+      </c>
+      <c r="L41" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12">
+      <c r="A42" t="s">
+        <v>229</v>
+      </c>
+      <c r="B42"/>
+      <c r="C42"/>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>96</v>
+      </c>
+      <c r="F42" t="s">
+        <v>59</v>
+      </c>
+      <c r="G42" t="s">
+        <v>60</v>
+      </c>
+      <c r="H42" t="s">
+        <v>21</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>230</v>
+      </c>
+      <c r="K42" t="s">
+        <v>231</v>
+      </c>
+      <c r="L42" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12">
+      <c r="A43" t="s">
+        <v>233</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
+      <c r="E43" t="s">
         <v>73</v>
       </c>
-      <c r="H21" t="s">
-[...38 lines deleted...]
-      <c r="A24" t="s">
+      <c r="F43" t="s">
+        <v>59</v>
+      </c>
+      <c r="G43" t="s">
+        <v>47</v>
+      </c>
+      <c r="H43" t="s">
+        <v>21</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>234</v>
+      </c>
+      <c r="K43" t="s">
+        <v>235</v>
+      </c>
+      <c r="L43" t="s">
         <v>78</v>
       </c>
-      <c r="E24" t="s">
-[...56 lines deleted...]
-      <c r="G27" t="s">
+    </row>
+    <row r="44" spans="1:12">
+      <c r="A44" t="s">
+        <v>233</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44" t="s">
+        <v>236</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>237</v>
+      </c>
+      <c r="F44" t="s">
+        <v>238</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>239</v>
+      </c>
+      <c r="K44" t="s">
+        <v>240</v>
+      </c>
+      <c r="L44" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12">
+      <c r="A45" t="s">
+        <v>236</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45" t="s">
         <v>39</v>
       </c>
-      <c r="H27" t="s">
-[...24 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F45" t="s">
+        <v>242</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>243</v>
+      </c>
+      <c r="K45" t="s">
+        <v>244</v>
+      </c>
+      <c r="L45" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12">
+      <c r="A46" t="s">
+        <v>245</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>246</v>
+      </c>
+      <c r="F46" t="s">
+        <v>247</v>
+      </c>
+      <c r="G46" t="s">
+        <v>226</v>
+      </c>
+      <c r="H46" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>248</v>
+      </c>
+      <c r="K46" t="s">
+        <v>249</v>
+      </c>
+      <c r="L46" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12">
+      <c r="A47" t="s">
+        <v>251</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47"/>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>32</v>
+      </c>
+      <c r="F47" t="s">
+        <v>252</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>253</v>
+      </c>
+      <c r="K47" t="s">
+        <v>254</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12">
+      <c r="A48" t="s">
+        <v>255</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48" t="s">
+        <v>156</v>
+      </c>
+      <c r="F48" t="s">
+        <v>256</v>
+      </c>
+      <c r="G48" t="s">
+        <v>257</v>
+      </c>
+      <c r="H48" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>258</v>
+      </c>
+      <c r="K48" t="s">
+        <v>259</v>
+      </c>
+      <c r="L48" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12">
+      <c r="A49" t="s">
+        <v>260</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>261</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>237</v>
+      </c>
+      <c r="F49" t="s">
+        <v>262</v>
+      </c>
+      <c r="G49" t="s">
+        <v>237</v>
+      </c>
+      <c r="H49" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>263</v>
+      </c>
+      <c r="K49" t="s">
+        <v>264</v>
+      </c>
+      <c r="L49" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12">
+      <c r="A50" t="s">
+        <v>265</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>266</v>
+      </c>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>267</v>
+      </c>
+      <c r="F50" t="s">
+        <v>268</v>
+      </c>
+      <c r="G50" t="s">
+        <v>269</v>
+      </c>
+      <c r="H50" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>270</v>
+      </c>
+      <c r="K50" t="s">
+        <v>271</v>
+      </c>
+      <c r="L50" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12">
+      <c r="A51" t="s">
+        <v>266</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>273</v>
+      </c>
+      <c r="F51" t="s">
+        <v>274</v>
+      </c>
+      <c r="G51" t="s">
+        <v>146</v>
+      </c>
+      <c r="H51" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>275</v>
+      </c>
+      <c r="K51" t="s">
+        <v>276</v>
+      </c>
+      <c r="L51" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12">
+      <c r="A52" t="s">
+        <v>278</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>279</v>
+      </c>
+      <c r="D52"/>
+      <c r="E52"/>
+      <c r="F52" t="s">
+        <v>280</v>
+      </c>
+      <c r="G52"/>
+      <c r="H52" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>281</v>
+      </c>
+      <c r="K52" t="s">
+        <v>282</v>
+      </c>
+      <c r="L52" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12">
+      <c r="A53" t="s">
+        <v>284</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>45</v>
+      </c>
+      <c r="F53" t="s">
+        <v>46</v>
+      </c>
+      <c r="G53" t="s">
+        <v>47</v>
+      </c>
+      <c r="H53" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>285</v>
+      </c>
+      <c r="K53" t="s">
+        <v>286</v>
+      </c>
+      <c r="L53" t="s">
         <v>50</v>
       </c>
-      <c r="F29" t="s">
-[...53 lines deleted...]
-      <c r="G32" t="s">
+    </row>
+    <row r="54" spans="1:12">
+      <c r="A54" t="s">
+        <v>287</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54"/>
+      <c r="D54"/>
+      <c r="E54" t="s">
         <v>32</v>
       </c>
-      <c r="H32" t="s">
-[...137 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F54" t="s">
+        <v>288</v>
+      </c>
+      <c r="G54" t="s">
         <v>34</v>
       </c>
-      <c r="F41" t="s">
-[...225 lines deleted...]
-      </c>
       <c r="H54" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="55" spans="1:9">
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>289</v>
+      </c>
+      <c r="K54" t="s">
+        <v>290</v>
+      </c>
+      <c r="L54" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12">
       <c r="A55" t="s">
-        <v>149</v>
-      </c>
+        <v>291</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55"/>
+      <c r="D55"/>
       <c r="E55" t="s">
         <v>10</v>
       </c>
       <c r="F55" t="s">
-        <v>150</v>
+        <v>292</v>
       </c>
       <c r="G55" t="s">
-        <v>151</v>
+        <v>293</v>
       </c>
       <c r="H55" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="56" spans="1:9">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>294</v>
+      </c>
+      <c r="K55" t="s">
+        <v>295</v>
+      </c>
+      <c r="L55" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12">
       <c r="A56" t="s">
-        <v>152</v>
-      </c>
+        <v>296</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F56" t="s">
-        <v>124</v>
-      </c>
+        <v>242</v>
+      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="57" spans="1:9">
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>297</v>
+      </c>
+      <c r="K56" t="s">
+        <v>298</v>
+      </c>
+      <c r="L56" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12">
       <c r="A57" t="s">
-        <v>153</v>
-      </c>
+        <v>299</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57"/>
+      <c r="D57"/>
       <c r="E57" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F57" t="s">
-        <v>154</v>
+        <v>300</v>
       </c>
       <c r="G57" t="s">
-        <v>155</v>
+        <v>301</v>
       </c>
       <c r="H57" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="58" spans="1:9">
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>302</v>
+      </c>
+      <c r="K57" t="s">
+        <v>303</v>
+      </c>
+      <c r="L57" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12">
       <c r="A58" t="s">
-        <v>156</v>
-      </c>
+        <v>304</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
       <c r="E58" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="F58" t="s">
-        <v>157</v>
+        <v>305</v>
       </c>
       <c r="G58" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H58" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="59" spans="1:9">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>306</v>
+      </c>
+      <c r="K58" t="s">
+        <v>307</v>
+      </c>
+      <c r="L58" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12">
       <c r="A59" t="s">
-        <v>158</v>
-      </c>
+        <v>309</v>
+      </c>
+      <c r="B59"/>
       <c r="C59" t="s">
-        <v>159</v>
-      </c>
+        <v>310</v>
+      </c>
+      <c r="D59"/>
       <c r="E59" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="F59" t="s">
-        <v>160</v>
+        <v>311</v>
       </c>
       <c r="G59" t="s">
-        <v>161</v>
+        <v>312</v>
       </c>
       <c r="H59" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="60" spans="1:9">
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>313</v>
+      </c>
+      <c r="K59" t="s">
+        <v>314</v>
+      </c>
+      <c r="L59" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12">
       <c r="A60" t="s">
-        <v>162</v>
-      </c>
+        <v>315</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60"/>
+      <c r="D60"/>
       <c r="E60" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="F60" t="s">
-        <v>163</v>
+        <v>316</v>
       </c>
       <c r="G60" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="H60" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="61" spans="1:9">
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>317</v>
+      </c>
+      <c r="K60" t="s">
+        <v>318</v>
+      </c>
+      <c r="L60" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12">
       <c r="A61" t="s">
-        <v>164</v>
-      </c>
+        <v>319</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F61" t="s">
-        <v>148</v>
+        <v>288</v>
       </c>
       <c r="G61" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H61" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="62" spans="1:9">
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>320</v>
+      </c>
+      <c r="K61" t="s">
+        <v>321</v>
+      </c>
+      <c r="L61" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12">
       <c r="A62" t="s">
-        <v>165</v>
-      </c>
+        <v>322</v>
+      </c>
+      <c r="B62"/>
       <c r="C62" t="s">
-        <v>166</v>
-      </c>
+        <v>323</v>
+      </c>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F62" t="s">
-        <v>167</v>
+        <v>324</v>
       </c>
       <c r="G62" t="s">
-        <v>118</v>
+        <v>226</v>
       </c>
       <c r="H62" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="63" spans="1:9">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>325</v>
+      </c>
+      <c r="K62" t="s">
+        <v>326</v>
+      </c>
+      <c r="L62" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12">
       <c r="A63" t="s">
-        <v>165</v>
-      </c>
+        <v>322</v>
+      </c>
+      <c r="B63"/>
       <c r="C63" t="s">
-        <v>166</v>
-      </c>
+        <v>323</v>
+      </c>
+      <c r="D63"/>
       <c r="E63" t="s">
-        <v>168</v>
+        <v>327</v>
       </c>
       <c r="F63" t="s">
-        <v>169</v>
+        <v>328</v>
       </c>
       <c r="G63" t="s">
-        <v>170</v>
+        <v>202</v>
       </c>
       <c r="H63" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="64" spans="1:9">
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>329</v>
+      </c>
+      <c r="K63" t="s">
+        <v>330</v>
+      </c>
+      <c r="L63" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12">
       <c r="A64" t="s">
-        <v>165</v>
-      </c>
+        <v>322</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
       <c r="E64" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="F64" t="s">
-        <v>171</v>
+        <v>332</v>
       </c>
       <c r="G64" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="H64" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="65" spans="1:9">
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>333</v>
+      </c>
+      <c r="K64" t="s">
+        <v>334</v>
+      </c>
+      <c r="L64" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12">
       <c r="A65" t="s">
-        <v>165</v>
-      </c>
+        <v>322</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
       <c r="E65" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F65" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="G65" t="s">
-        <v>170</v>
+        <v>202</v>
       </c>
       <c r="H65" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="66" spans="1:9">
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>337</v>
+      </c>
+      <c r="K65" t="s">
+        <v>338</v>
+      </c>
+      <c r="L65" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12">
       <c r="A66" t="s">
-        <v>173</v>
-      </c>
+        <v>339</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
       <c r="E66" t="s">
-        <v>112</v>
+        <v>212</v>
       </c>
       <c r="F66" t="s">
-        <v>174</v>
+        <v>340</v>
       </c>
       <c r="G66" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="H66" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="67" spans="1:9">
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>341</v>
+      </c>
+      <c r="K66" t="s">
+        <v>342</v>
+      </c>
+      <c r="L66" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12">
       <c r="A67" t="s">
-        <v>173</v>
-      </c>
+        <v>339</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
       <c r="E67" t="s">
-        <v>175</v>
+        <v>344</v>
       </c>
       <c r="F67" t="s">
-        <v>176</v>
+        <v>345</v>
       </c>
       <c r="G67" t="s">
         <v>12</v>
       </c>
       <c r="H67" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="68" spans="1:9">
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>346</v>
+      </c>
+      <c r="K67" t="s">
+        <v>347</v>
+      </c>
+      <c r="L67" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12">
       <c r="A68" t="s">
-        <v>166</v>
-      </c>
+        <v>323</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
       <c r="E68" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="F68" t="s">
-        <v>177</v>
+        <v>349</v>
       </c>
       <c r="G68" t="s">
-        <v>170</v>
+        <v>202</v>
       </c>
       <c r="H68" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="69" spans="1:9">
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>350</v>
+      </c>
+      <c r="K68" t="s">
+        <v>351</v>
+      </c>
+      <c r="L68" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12">
       <c r="A69" t="s">
-        <v>178</v>
-      </c>
+        <v>352</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
       <c r="E69" t="s">
+        <v>80</v>
+      </c>
+      <c r="F69" t="s">
+        <v>316</v>
+      </c>
+      <c r="G69" t="s">
+        <v>82</v>
+      </c>
+      <c r="H69" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>353</v>
+      </c>
+      <c r="K69" t="s">
+        <v>354</v>
+      </c>
+      <c r="L69" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12">
+      <c r="A70" t="s">
+        <v>355</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70" t="s">
+        <v>96</v>
+      </c>
+      <c r="F70" t="s">
+        <v>356</v>
+      </c>
+      <c r="G70" t="s">
+        <v>357</v>
+      </c>
+      <c r="H70" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>358</v>
+      </c>
+      <c r="K70" t="s">
+        <v>359</v>
+      </c>
+      <c r="L70" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12">
+      <c r="A71" t="s">
+        <v>360</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>80</v>
+      </c>
+      <c r="F71" t="s">
+        <v>316</v>
+      </c>
+      <c r="G71" t="s">
+        <v>82</v>
+      </c>
+      <c r="H71" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>361</v>
+      </c>
+      <c r="K71" t="s">
+        <v>362</v>
+      </c>
+      <c r="L71" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12">
+      <c r="A72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72" t="s">
+        <v>127</v>
+      </c>
+      <c r="F72" t="s">
+        <v>364</v>
+      </c>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>365</v>
+      </c>
+      <c r="K72" t="s">
+        <v>366</v>
+      </c>
+      <c r="L72" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12">
+      <c r="A73" t="s">
+        <v>367</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>156</v>
+      </c>
+      <c r="F73" t="s">
+        <v>368</v>
+      </c>
+      <c r="G73" t="s">
+        <v>257</v>
+      </c>
+      <c r="H73" t="s">
+        <v>13</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>369</v>
+      </c>
+      <c r="K73" t="s">
+        <v>370</v>
+      </c>
+      <c r="L73" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12">
+      <c r="A74" t="s">
+        <v>371</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+      <c r="E74" t="s">
+        <v>32</v>
+      </c>
+      <c r="F74" t="s">
+        <v>372</v>
+      </c>
+      <c r="G74" t="s">
+        <v>34</v>
+      </c>
+      <c r="H74" t="s">
+        <v>13</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>373</v>
+      </c>
+      <c r="K74" t="s">
+        <v>374</v>
+      </c>
+      <c r="L74" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12">
+      <c r="A75" t="s">
+        <v>375</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+      <c r="E75" t="s">
+        <v>18</v>
+      </c>
+      <c r="F75" t="s">
+        <v>191</v>
+      </c>
+      <c r="G75"/>
+      <c r="H75" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>376</v>
+      </c>
+      <c r="K75" t="s">
+        <v>377</v>
+      </c>
+      <c r="L75" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12">
+      <c r="A76" t="s">
+        <v>378</v>
+      </c>
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+      <c r="E76" t="s">
+        <v>45</v>
+      </c>
+      <c r="F76" t="s">
+        <v>46</v>
+      </c>
+      <c r="G76" t="s">
+        <v>47</v>
+      </c>
+      <c r="H76" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>379</v>
+      </c>
+      <c r="K76" t="s">
+        <v>380</v>
+      </c>
+      <c r="L76" t="s">
         <v>50</v>
       </c>
-      <c r="F69" t="s">
-[...106 lines deleted...]
-      <c r="A76" t="s">
+    </row>
+    <row r="77" spans="1:12">
+      <c r="A77" t="s">
+        <v>381</v>
+      </c>
+      <c r="B77"/>
+      <c r="C77"/>
+      <c r="D77"/>
+      <c r="E77" t="s">
+        <v>80</v>
+      </c>
+      <c r="F77" t="s">
+        <v>316</v>
+      </c>
+      <c r="G77" t="s">
+        <v>82</v>
+      </c>
+      <c r="H77" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>382</v>
+      </c>
+      <c r="K77" t="s">
+        <v>383</v>
+      </c>
+      <c r="L77" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12">
+      <c r="A78" t="s">
+        <v>384</v>
+      </c>
+      <c r="B78"/>
+      <c r="C78"/>
+      <c r="D78"/>
+      <c r="E78" t="s">
+        <v>194</v>
+      </c>
+      <c r="F78" t="s">
+        <v>385</v>
+      </c>
+      <c r="G78" t="s">
+        <v>196</v>
+      </c>
+      <c r="H78" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>386</v>
+      </c>
+      <c r="K78" t="s">
+        <v>387</v>
+      </c>
+      <c r="L78" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12">
+      <c r="A79" t="s">
+        <v>388</v>
+      </c>
+      <c r="B79"/>
+      <c r="C79"/>
+      <c r="D79"/>
+      <c r="E79" t="s">
+        <v>156</v>
+      </c>
+      <c r="F79" t="s">
+        <v>389</v>
+      </c>
+      <c r="G79" t="s">
+        <v>257</v>
+      </c>
+      <c r="H79" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>390</v>
+      </c>
+      <c r="K79" t="s">
+        <v>391</v>
+      </c>
+      <c r="L79" t="s">
         <v>190</v>
       </c>
-      <c r="E76" t="s">
-[...63 lines deleted...]
-    <row r="80" spans="1:9">
+    </row>
+    <row r="80" spans="1:12">
       <c r="A80" t="s">
-        <v>196</v>
-      </c>
+        <v>392</v>
+      </c>
+      <c r="B80"/>
+      <c r="C80"/>
+      <c r="D80"/>
       <c r="E80" t="s">
         <v>10</v>
       </c>
       <c r="F80" t="s">
-        <v>197</v>
+        <v>393</v>
       </c>
       <c r="G80" t="s">
-        <v>151</v>
+        <v>293</v>
       </c>
       <c r="H80" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="81" spans="1:9">
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>394</v>
+      </c>
+      <c r="K80" t="s">
+        <v>395</v>
+      </c>
+      <c r="L80" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12">
       <c r="A81" t="s">
-        <v>198</v>
-      </c>
+        <v>396</v>
+      </c>
+      <c r="B81"/>
+      <c r="C81"/>
+      <c r="D81"/>
       <c r="E81" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="F81" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="G81" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="H81" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="82" spans="1:9">
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>397</v>
+      </c>
+      <c r="K81" t="s">
+        <v>398</v>
+      </c>
+      <c r="L81" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12">
       <c r="A82" t="s">
-        <v>199</v>
-      </c>
+        <v>399</v>
+      </c>
+      <c r="B82"/>
+      <c r="C82"/>
+      <c r="D82"/>
       <c r="E82" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="F82" t="s">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="G82" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="H82" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="83" spans="1:9">
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>401</v>
+      </c>
+      <c r="K82" t="s">
+        <v>402</v>
+      </c>
+      <c r="L82" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12">
       <c r="A83" t="s">
-        <v>199</v>
-      </c>
+        <v>399</v>
+      </c>
+      <c r="B83"/>
+      <c r="C83"/>
+      <c r="D83"/>
       <c r="E83" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F83" t="s">
-        <v>201</v>
+        <v>403</v>
       </c>
       <c r="G83" t="s">
+        <v>404</v>
+      </c>
+      <c r="H83" t="s">
+        <v>13</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>405</v>
+      </c>
+      <c r="K83" t="s">
+        <v>406</v>
+      </c>
+      <c r="L83" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12">
+      <c r="A84" t="s">
+        <v>407</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84"/>
+      <c r="D84"/>
+      <c r="E84" t="s">
+        <v>127</v>
+      </c>
+      <c r="F84" t="s">
+        <v>408</v>
+      </c>
+      <c r="G84" t="s">
         <v>202</v>
       </c>
-      <c r="H83" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="H84" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="85" spans="1:9">
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>409</v>
+      </c>
+      <c r="K84" t="s">
+        <v>410</v>
+      </c>
+      <c r="L84" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12">
       <c r="A85" t="s">
-        <v>205</v>
-      </c>
+        <v>411</v>
+      </c>
+      <c r="B85"/>
+      <c r="C85"/>
+      <c r="D85"/>
       <c r="E85" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
       <c r="F85" t="s">
-        <v>206</v>
+        <v>412</v>
       </c>
       <c r="G85" t="s">
-        <v>181</v>
+        <v>357</v>
       </c>
       <c r="H85" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:9">
+        <v>21</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>413</v>
+      </c>
+      <c r="K85" t="s">
+        <v>414</v>
+      </c>
+      <c r="L85" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12">
       <c r="A86" t="s">
-        <v>207</v>
-      </c>
+        <v>415</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86"/>
+      <c r="D86"/>
       <c r="E86" t="s">
         <v>10</v>
       </c>
       <c r="F86" t="s">
-        <v>208</v>
+        <v>416</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="87" spans="1:9">
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>417</v>
+      </c>
+      <c r="K86" t="s">
+        <v>418</v>
+      </c>
+      <c r="L86" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12">
       <c r="A87" t="s">
-        <v>207</v>
-      </c>
+        <v>415</v>
+      </c>
+      <c r="B87"/>
+      <c r="C87"/>
+      <c r="D87"/>
       <c r="E87" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="F87" t="s">
-        <v>209</v>
+        <v>419</v>
       </c>
       <c r="G87" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
       <c r="H87" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="88" spans="1:9">
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>420</v>
+      </c>
+      <c r="K87" t="s">
+        <v>421</v>
+      </c>
+      <c r="L87" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="88" spans="1:12">
       <c r="A88" t="s">
-        <v>211</v>
-      </c>
+        <v>423</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88"/>
+      <c r="D88"/>
       <c r="E88" t="s">
-        <v>175</v>
+        <v>344</v>
       </c>
       <c r="F88" t="s">
-        <v>212</v>
+        <v>424</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
       <c r="H88" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:9">
+        <v>21</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>425</v>
+      </c>
+      <c r="K88" t="s">
+        <v>426</v>
+      </c>
+      <c r="L88" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="89" spans="1:12">
       <c r="A89" t="s">
-        <v>213</v>
-      </c>
+        <v>428</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89"/>
+      <c r="D89"/>
       <c r="E89" t="s">
-        <v>112</v>
+        <v>212</v>
       </c>
       <c r="F89" t="s">
-        <v>214</v>
-      </c>
+        <v>429</v>
+      </c>
+      <c r="G89"/>
       <c r="H89" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="90" spans="1:9">
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>430</v>
+      </c>
+      <c r="K89" t="s">
+        <v>431</v>
+      </c>
+      <c r="L89" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12">
       <c r="A90" t="s">
-        <v>215</v>
-      </c>
+        <v>432</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90"/>
+      <c r="D90"/>
       <c r="E90" t="s">
-        <v>102</v>
+        <v>194</v>
       </c>
       <c r="F90" t="s">
-        <v>216</v>
+        <v>433</v>
       </c>
       <c r="G90" t="s">
+        <v>257</v>
+      </c>
+      <c r="H90" t="s">
+        <v>13</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>434</v>
+      </c>
+      <c r="K90" t="s">
+        <v>435</v>
+      </c>
+      <c r="L90" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12">
+      <c r="A91" t="s">
+        <v>436</v>
+      </c>
+      <c r="B91"/>
+      <c r="C91"/>
+      <c r="D91"/>
+      <c r="E91" t="s">
+        <v>156</v>
+      </c>
+      <c r="F91" t="s">
+        <v>424</v>
+      </c>
+      <c r="G91" t="s">
+        <v>60</v>
+      </c>
+      <c r="H91" t="s">
+        <v>21</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>437</v>
+      </c>
+      <c r="K91" t="s">
+        <v>438</v>
+      </c>
+      <c r="L91" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="92" spans="1:12">
+      <c r="A92" t="s">
+        <v>439</v>
+      </c>
+      <c r="B92"/>
+      <c r="C92"/>
+      <c r="D92"/>
+      <c r="E92" t="s">
+        <v>80</v>
+      </c>
+      <c r="F92" t="s">
+        <v>424</v>
+      </c>
+      <c r="G92" t="s">
+        <v>440</v>
+      </c>
+      <c r="H92" t="s">
+        <v>21</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>441</v>
+      </c>
+      <c r="K92" t="s">
+        <v>442</v>
+      </c>
+      <c r="L92" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="93" spans="1:12">
+      <c r="A93" t="s">
+        <v>439</v>
+      </c>
+      <c r="B93"/>
+      <c r="C93"/>
+      <c r="D93"/>
+      <c r="E93" t="s">
+        <v>58</v>
+      </c>
+      <c r="F93" t="s">
+        <v>424</v>
+      </c>
+      <c r="G93" t="s">
+        <v>440</v>
+      </c>
+      <c r="H93" t="s">
+        <v>21</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>443</v>
+      </c>
+      <c r="K93" t="s">
+        <v>444</v>
+      </c>
+      <c r="L93" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="94" spans="1:12">
+      <c r="A94" t="s">
+        <v>439</v>
+      </c>
+      <c r="B94"/>
+      <c r="C94"/>
+      <c r="D94"/>
+      <c r="E94" t="s">
+        <v>45</v>
+      </c>
+      <c r="F94" t="s">
+        <v>424</v>
+      </c>
+      <c r="G94" t="s">
+        <v>162</v>
+      </c>
+      <c r="H94" t="s">
+        <v>21</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>446</v>
+      </c>
+      <c r="K94" t="s">
+        <v>447</v>
+      </c>
+      <c r="L94" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12">
+      <c r="A95" t="s">
+        <v>448</v>
+      </c>
+      <c r="B95" t="s">
+        <v>449</v>
+      </c>
+      <c r="C95"/>
+      <c r="D95" t="s">
+        <v>450</v>
+      </c>
+      <c r="E95" t="s">
+        <v>73</v>
+      </c>
+      <c r="F95" t="s">
+        <v>424</v>
+      </c>
+      <c r="G95" t="s">
+        <v>162</v>
+      </c>
+      <c r="H95" t="s">
+        <v>21</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>451</v>
+      </c>
+      <c r="K95" t="s">
+        <v>452</v>
+      </c>
+      <c r="L95" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="96" spans="1:12">
+      <c r="A96" t="s">
+        <v>453</v>
+      </c>
+      <c r="B96"/>
+      <c r="C96"/>
+      <c r="D96"/>
+      <c r="E96" t="s">
+        <v>127</v>
+      </c>
+      <c r="F96" t="s">
+        <v>454</v>
+      </c>
+      <c r="G96" t="s">
+        <v>202</v>
+      </c>
+      <c r="H96" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>455</v>
+      </c>
+      <c r="K96" t="s">
+        <v>456</v>
+      </c>
+      <c r="L96" t="s">
         <v>132</v>
       </c>
-      <c r="H90" t="s">
-[...111 lines deleted...]
-    <row r="97" spans="1:9">
+    </row>
+    <row r="97" spans="1:12">
       <c r="A97" t="s">
-        <v>225</v>
-      </c>
+        <v>457</v>
+      </c>
+      <c r="B97"/>
+      <c r="C97"/>
+      <c r="D97"/>
       <c r="E97" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="F97" t="s">
-        <v>226</v>
+        <v>458</v>
       </c>
       <c r="G97" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="H97" t="s">
         <v>13</v>
       </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>459</v>
+      </c>
+      <c r="K97" t="s">
+        <v>460</v>
+      </c>
+      <c r="L97" t="s">
+        <v>335</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:I97"/>
+  <autoFilter ref="A1:L97"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>